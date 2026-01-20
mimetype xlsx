--- v0 (2025-11-19)
+++ v1 (2026-01-20)
@@ -183,61 +183,61 @@
       </c>
       <c r="H1" s="1" t="inlineStr">
         <is>
           <t>Cleanness of Cut</t>
         </is>
       </c>
       <c r="I1" s="1" t="inlineStr">
         <is>
           <t>Winter Greenness</t>
         </is>
       </c>
       <c r="J1" s="1" t="inlineStr">
         <is>
           <t>Summer Greenness</t>
         </is>
       </c>
       <c r="K1" s="1" t="inlineStr">
         <is>
           <t>UK Agent</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>Dagita</t>
+          <t>Dagita (LA)</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>7.1</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>7.0</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
           <t>7.1</t>
         </is>
       </c>
       <c r="E2" s="1" t="inlineStr">
         <is>
           <t>7.6</t>
         </is>
       </c>
       <c r="F2" s="1" t="inlineStr">
         <is>
           <t>7.3</t>
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
           <t>7.1</t>
         </is>
       </c>
       <c r="H2" s="1"/>
       <c r="I2" s="1" t="inlineStr">
         <is>
@@ -261,51 +261,51 @@
           <t>Barcampsia</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>6.3</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
           <t>6.4</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
           <t>6.4</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
           <t>5.9</t>
         </is>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>7.0</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
           <t>7.5</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
           <t>4.7</t>
         </is>
       </c>
       <c r="I3" s="1" t="inlineStr">
         <is>
           <t>6.3</t>
         </is>
       </c>
       <c r="J3" s="1" t="inlineStr">
         <is>
           <t>5.2</t>
         </is>
       </c>
       <c r="K3" s="1" t="inlineStr">
         <is>
           <t>BAR</t>