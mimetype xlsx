--- v0 (2025-10-28)
+++ v1 (2026-03-02)
@@ -112,51 +112,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K13"/>
+  <dimension ref="A1:K12"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Cultivar</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Live Ground Cover</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Visual Merit</t>
         </is>
@@ -208,393 +208,393 @@
           <t>Fabian</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>6.1</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
           <t>5.7</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
           <t>5.9</t>
         </is>
       </c>
       <c r="E2" s="1" t="inlineStr">
         <is>
           <t>6.2</t>
         </is>
       </c>
       <c r="F2" s="1" t="inlineStr">
         <is>
-          <t>5.0</t>
+          <t>4.9</t>
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H2" s="1" t="inlineStr">
         <is>
           <t>6.7</t>
         </is>
       </c>
       <c r="I2" s="1" t="inlineStr">
         <is>
           <t>6.7</t>
         </is>
       </c>
       <c r="J2" s="1" t="inlineStr">
         <is>
           <t>6.6</t>
         </is>
       </c>
       <c r="K2" s="1" t="inlineStr">
         <is>
           <t>DLF/JNS</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Tetrastar</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>5.7</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
+          <t>5.3</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>5.5</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
           <t>5.4</t>
         </is>
       </c>
-      <c r="D3" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
-          <t>5.2</t>
+          <t>5.1</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
-          <t>4.9</t>
+          <t>4.8</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I3" s="1" t="inlineStr">
         <is>
-          <t>7.7</t>
+          <t>7.6</t>
         </is>
       </c>
       <c r="J3" s="1" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="K3" s="1" t="inlineStr">
         <is>
           <t>OAS/TG</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>Tetragame</t>
+          <t>Tetrafan</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
           <t>5.2</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
+          <t>5.3</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>5.9</t>
+        </is>
+      </c>
+      <c r="F4" s="1" t="inlineStr">
+        <is>
           <t>5.4</t>
         </is>
       </c>
-      <c r="E4" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
-          <t>4.4</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
-          <t>7.3</t>
+          <t>7.5</t>
         </is>
       </c>
       <c r="I4" s="1" t="inlineStr">
         <is>
-          <t>6.9</t>
+          <t>7.2</t>
         </is>
       </c>
       <c r="J4" s="1" t="inlineStr">
         <is>
-          <t>7.3</t>
+          <t>7.2</t>
         </is>
       </c>
       <c r="K4" s="1" t="inlineStr">
         <is>
-          <t>DLF/JNS/TG</t>
+          <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>Tetrafan</t>
+          <t>Tetramagic</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>5.4</t>
+          <t>5.1</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>5.3</t>
+          <t>4.9</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>5.3</t>
+          <t>5.0</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
-          <t>5.9</t>
+          <t>5.0</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
-          <t>5.4</t>
+          <t>4.3</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
-          <t>5.4</t>
+          <t>4.2</t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
-          <t>7.5</t>
+          <t>6.8</t>
         </is>
       </c>
       <c r="I5" s="1" t="inlineStr">
         <is>
-          <t>7.2</t>
+          <t>6.9</t>
         </is>
       </c>
       <c r="J5" s="1" t="inlineStr">
         <is>
-          <t>7.2</t>
+          <t>6.9</t>
         </is>
       </c>
       <c r="K5" s="1" t="inlineStr">
         <is>
-          <t>DSV</t>
+          <t>DLF/MM</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>Tetramagic</t>
+          <t>Tetragame</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>5.1</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
+          <t>4.8</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
           <t>5.0</t>
         </is>
       </c>
-      <c r="D6" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
-          <t>5.0</t>
+          <t>4.9</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
+          <t>4.5</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
           <t>4.3</t>
         </is>
       </c>
-      <c r="G6" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="H6" s="1" t="inlineStr">
         <is>
-          <t>6.8</t>
+          <t>7.3</t>
         </is>
       </c>
       <c r="I6" s="1" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="J6" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>7.2</t>
         </is>
       </c>
       <c r="K6" s="1" t="inlineStr">
         <is>
-          <t>DLF/MM</t>
+          <t>DLF/JNS/TG</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Tetradry</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>5.3</t>
+          <t>5.1</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>4.7</t>
+          <t>4.6</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>5.0</t>
+          <t>4.9</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>4.8</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
-          <t>3.8</t>
+          <t>3.9</t>
         </is>
       </c>
       <c r="G7" s="1" t="inlineStr">
         <is>
-          <t>3.9</t>
+          <t>4.0</t>
         </is>
       </c>
       <c r="H7" s="1" t="inlineStr">
         <is>
           <t>7.4</t>
         </is>
       </c>
       <c r="I7" s="1" t="inlineStr">
         <is>
-          <t>7.6</t>
+          <t>7.7</t>
         </is>
       </c>
       <c r="J7" s="1" t="inlineStr">
         <is>
-          <t>7.6</t>
+          <t>7.7</t>
         </is>
       </c>
       <c r="K7" s="1" t="inlineStr">
         <is>
           <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>Tetragon (LA)</t>
+          <t>Tetragon</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>4.8</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>4.9</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>5.1</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
-          <t>4.8</t>
+          <t>4.7</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
         <is>
           <t>4.7</t>
         </is>
       </c>
       <c r="H8" s="1" t="inlineStr">
         <is>
           <t>7.5</t>
         </is>
       </c>
       <c r="I8" s="1" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="J8" s="1" t="inlineStr">
         <is>
           <t>6.8</t>
         </is>
       </c>
       <c r="K8" s="1" t="inlineStr">
         <is>
           <t>DSV</t>
@@ -607,302 +607,245 @@
           <t>Tratado</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>4.9</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>4.5</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>4.7</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>4.4</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
-          <t>4.8</t>
+          <t>4.7</t>
         </is>
       </c>
       <c r="G9" s="1" t="inlineStr">
         <is>
           <t>4.6</t>
         </is>
       </c>
       <c r="H9" s="1" t="inlineStr">
         <is>
           <t>7.9</t>
         </is>
       </c>
       <c r="I9" s="1" t="inlineStr">
         <is>
-          <t>7.9</t>
+          <t>7.8</t>
         </is>
       </c>
       <c r="J9" s="1" t="inlineStr">
         <is>
           <t>7.9</t>
         </is>
       </c>
       <c r="K9" s="1" t="inlineStr">
         <is>
           <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>Double</t>
+          <t>Tetragreen</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>5.0</t>
+          <t>4.8</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>4.5</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>4.7</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
-          <t>4.3</t>
+          <t>4.4</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
-          <t>4.0</t>
+          <t>4.8</t>
         </is>
       </c>
       <c r="G10" s="1" t="inlineStr">
         <is>
-          <t>3.5</t>
+          <t>4.4</t>
         </is>
       </c>
       <c r="H10" s="1" t="inlineStr">
         <is>
-          <t>7.8</t>
+          <t>7.2</t>
         </is>
       </c>
       <c r="I10" s="1" t="inlineStr">
         <is>
-          <t>7.7</t>
+          <t>7.5</t>
         </is>
       </c>
       <c r="J10" s="1" t="inlineStr">
         <is>
           <t>7.5</t>
         </is>
       </c>
       <c r="K10" s="1" t="inlineStr">
         <is>
-          <t>DLF</t>
+          <t>OAS/TG</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>Tetragreen</t>
+          <t>Double</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>4.9</t>
+          <t>4.7</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
+          <t>4.3</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
           <t>4.5</t>
         </is>
       </c>
-      <c r="D11" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
-          <t>4.4</t>
+          <t>4.3</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
-          <t>4.8</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="G11" s="1" t="inlineStr">
         <is>
-          <t>4.4</t>
+          <t>3.6</t>
         </is>
       </c>
       <c r="H11" s="1" t="inlineStr">
         <is>
-          <t>7.2</t>
+          <t>7.8</t>
         </is>
       </c>
       <c r="I11" s="1" t="inlineStr">
         <is>
+          <t>7.7</t>
+        </is>
+      </c>
+      <c r="J11" s="1" t="inlineStr">
+        <is>
           <t>7.5</t>
         </is>
       </c>
-      <c r="J11" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K11" s="1" t="inlineStr">
         <is>
-          <t>OAS/TG</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>Tetraboom (LA)</t>
+          <t>Tetrasport</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
+          <t>4.3</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>4.4</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>4.3</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
           <t>4.2</t>
         </is>
       </c>
-      <c r="C12" s="1" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
-          <t>4.4</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="G12" s="1" t="inlineStr">
         <is>
-          <t>4.7</t>
+          <t>4.3</t>
         </is>
       </c>
       <c r="H12" s="1" t="inlineStr">
         <is>
           <t>7.3</t>
         </is>
       </c>
       <c r="I12" s="1" t="inlineStr">
         <is>
-          <t>7.1</t>
+          <t>7.8</t>
         </is>
       </c>
       <c r="J12" s="1" t="inlineStr">
         <is>
-          <t>7.5</t>
+          <t>8.0</t>
         </is>
       </c>
       <c r="K12" s="1" t="inlineStr">
-        <is>
-[...55 lines deleted...]
-      <c r="K13" s="1" t="inlineStr">
         <is>
           <t>DSV</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">