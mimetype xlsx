--- v0 (2025-10-19)
+++ v1 (2026-02-10)
@@ -112,51 +112,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K117"/>
+  <dimension ref="A1:K128"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Cultivar</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Live Ground Cover</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Visual Merit</t>
         </is>
@@ -285,140 +285,140 @@
           <t>7.3</t>
         </is>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
           <t>8.2</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
           <t>7.6</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I3" s="1" t="inlineStr">
         <is>
           <t>5.6</t>
         </is>
       </c>
       <c r="J3" s="1" t="inlineStr">
         <is>
-          <t>6.9</t>
+          <t>6.8</t>
         </is>
       </c>
       <c r="K3" s="1" t="inlineStr">
         <is>
           <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Barzico</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>8.1</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
           <t>8.1</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
           <t>8.1</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>7.3</t>
+          <t>7.4</t>
         </is>
       </c>
       <c r="F4" s="1" t="inlineStr">
         <is>
           <t>7.8</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
           <t>7.1</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="I4" s="1" t="inlineStr">
         <is>
           <t>5.5</t>
         </is>
       </c>
       <c r="J4" s="1" t="inlineStr">
         <is>
           <t>5.5</t>
         </is>
       </c>
       <c r="K4" s="1" t="inlineStr">
         <is>
           <t>BAR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>Bargkamp (LA)</t>
+          <t>Bargkamp</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
+          <t>8.1</t>
+        </is>
+      </c>
+      <c r="C5" s="1" t="inlineStr">
+        <is>
+          <t>7.9</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
           <t>8.0</t>
         </is>
       </c>
-      <c r="C5" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
-          <t>7.7</t>
+          <t>7.8</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>7.9</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
           <t>7.3</t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
           <t>5.2</t>
         </is>
       </c>
       <c r="I5" s="1" t="inlineStr">
         <is>
           <t>4.9</t>
         </is>
       </c>
       <c r="J5" s="1" t="inlineStr">
         <is>
           <t>5.0</t>
@@ -525,6143 +525,6139 @@
       </c>
       <c r="H7" s="1" t="inlineStr">
         <is>
           <t>5.7</t>
         </is>
       </c>
       <c r="I7" s="1" t="inlineStr">
         <is>
           <t>5.2</t>
         </is>
       </c>
       <c r="J7" s="1" t="inlineStr">
         <is>
           <t>5.4</t>
         </is>
       </c>
       <c r="K7" s="1" t="inlineStr">
         <is>
           <t>BAR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>Europitch</t>
+          <t>Reybann (LA)</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>7.8</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>7.9</t>
+          <t>7.8</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>7.8</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
-          <t>7.3</t>
+          <t>7.1</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
-          <t>7.7</t>
+          <t>8.0</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
         <is>
-          <t>7.3</t>
+          <t>7.4</t>
         </is>
       </c>
       <c r="H8" s="1" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>6.4</t>
         </is>
       </c>
       <c r="I8" s="1" t="inlineStr">
         <is>
+          <t>4.7</t>
+        </is>
+      </c>
+      <c r="J8" s="1" t="inlineStr">
+        <is>
           <t>5.4</t>
-        </is>
-[...3 lines deleted...]
-          <t>5.0</t>
         </is>
       </c>
       <c r="K8" s="1" t="inlineStr">
         <is>
           <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>Reybann (LA)</t>
+          <t>Clochette (LA)</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>7.8</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>7.8</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>7.8</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
-          <t>7.1</t>
+          <t>6.6</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
+          <t>8.3</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
           <t>8.0</t>
         </is>
       </c>
-      <c r="G9" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="H9" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>3.0</t>
         </is>
       </c>
       <c r="I9" s="1" t="inlineStr">
         <is>
-          <t>4.7</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="J9" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
+          <t>6.1</t>
         </is>
       </c>
       <c r="K9" s="1" t="inlineStr">
         <is>
-          <t>DSV</t>
+          <t>SMFR/G</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>Clochette (LA)</t>
+          <t>Barpersie</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
+          <t>7.6</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>7.9</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
           <t>7.8</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>7.6</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
-          <t>8.3</t>
+          <t>8.2</t>
         </is>
       </c>
       <c r="G10" s="1" t="inlineStr">
         <is>
-          <t>8.0</t>
+          <t>7.9</t>
         </is>
       </c>
       <c r="H10" s="1" t="inlineStr">
         <is>
-          <t>3.0</t>
+          <t>6.2</t>
         </is>
       </c>
       <c r="I10" s="1" t="inlineStr">
         <is>
-          <t>5.4</t>
+          <t>4.3</t>
         </is>
       </c>
       <c r="J10" s="1" t="inlineStr">
         <is>
-          <t>6.1</t>
+          <t>5.2</t>
         </is>
       </c>
       <c r="K10" s="1" t="inlineStr">
         <is>
-          <t>G/SMFR</t>
+          <t>BAR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>Barpersie</t>
+          <t>Eurobeat</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>7.6</t>
+          <t>7.8</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>7.9</t>
+          <t>7.7</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>7.8</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
-          <t>7.6</t>
+          <t>6.8</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
-          <t>8.2</t>
+          <t>7.2</t>
         </is>
       </c>
       <c r="G11" s="1" t="inlineStr">
         <is>
-          <t>7.9</t>
+          <t>6.5</t>
         </is>
       </c>
       <c r="H11" s="1" t="inlineStr">
         <is>
-          <t>6.2</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="I11" s="1" t="inlineStr">
         <is>
-          <t>4.3</t>
+          <t>5.6</t>
         </is>
       </c>
       <c r="J11" s="1" t="inlineStr">
         <is>
-          <t>5.2</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="K11" s="1" t="inlineStr">
         <is>
-          <t>BAR</t>
+          <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>Eurobeat</t>
+          <t>Eurogala</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>7.8</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
+          <t>7.6</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
           <t>7.7</t>
         </is>
       </c>
-      <c r="D12" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
-          <t>6.8</t>
+          <t>7.6</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
-          <t>7.2</t>
+          <t>7.7</t>
         </is>
       </c>
       <c r="G12" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>7.3</t>
         </is>
       </c>
       <c r="H12" s="1" t="inlineStr">
         <is>
-          <t>5.4</t>
+          <t>4.9</t>
         </is>
       </c>
       <c r="I12" s="1" t="inlineStr">
         <is>
-          <t>5.6</t>
+          <t>5.9</t>
         </is>
       </c>
       <c r="J12" s="1" t="inlineStr">
         <is>
-          <t>5.4</t>
+          <t>6.7</t>
         </is>
       </c>
       <c r="K12" s="1" t="inlineStr">
         <is>
           <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>Eurogala (LA)</t>
+          <t>Gildara</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
+          <t>7.6</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
           <t>7.8</t>
         </is>
       </c>
-      <c r="C13" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>7.7</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
+          <t>6.7</t>
+        </is>
+      </c>
+      <c r="F13" s="1" t="inlineStr">
+        <is>
+          <t>7.4</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
           <t>7.5</t>
         </is>
       </c>
-      <c r="F13" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="H13" s="1" t="inlineStr">
         <is>
-          <t>4.9</t>
+          <t>4.5</t>
         </is>
       </c>
       <c r="I13" s="1" t="inlineStr">
         <is>
-          <t>5.9</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="J13" s="1" t="inlineStr">
         <is>
-          <t>6.7</t>
+          <t>6.4</t>
         </is>
       </c>
       <c r="K13" s="1" t="inlineStr">
         <is>
-          <t>DSV</t>
+          <t>DLF/JNS</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>Gildara</t>
+          <t>Barhodium (LA)</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>7.6</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>7.8</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>7.7</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
-          <t>6.7</t>
+          <t>7.2</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
-          <t>7.5</t>
+          <t>8.1</t>
         </is>
       </c>
       <c r="G14" s="1" t="inlineStr">
         <is>
-          <t>7.5</t>
+          <t>8.0</t>
         </is>
       </c>
       <c r="H14" s="1" t="inlineStr">
         <is>
+          <t>6.2</t>
+        </is>
+      </c>
+      <c r="I14" s="1" t="inlineStr">
+        <is>
           <t>4.5</t>
         </is>
       </c>
-      <c r="I14" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="J14" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="K14" s="1" t="inlineStr">
         <is>
-          <t>DLF/JNS</t>
+          <t>BAR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>EuroCordus</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>7.8</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>7.5</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>7.7</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>7.3</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
-          <t>7.4</t>
+          <t>7.3</t>
         </is>
       </c>
       <c r="G15" s="1" t="inlineStr">
         <is>
           <t>6.7</t>
         </is>
       </c>
       <c r="H15" s="1" t="inlineStr">
         <is>
           <t>6.5</t>
         </is>
       </c>
       <c r="I15" s="1" t="inlineStr">
         <is>
           <t>5.4</t>
         </is>
       </c>
       <c r="J15" s="1" t="inlineStr">
         <is>
           <t>5.3</t>
         </is>
       </c>
       <c r="K15" s="1" t="inlineStr">
         <is>
           <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>Eurodiamond</t>
+          <t>Europitch</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
+          <t>7.6</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>7.8</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
           <t>7.7</t>
         </is>
       </c>
-      <c r="C16" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
-          <t>6.8</t>
+          <t>7.3</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
-          <t>7.2</t>
+          <t>7.7</t>
         </is>
       </c>
       <c r="G16" s="1" t="inlineStr">
         <is>
-          <t>6.2</t>
+          <t>7.3</t>
         </is>
       </c>
       <c r="H16" s="1" t="inlineStr">
         <is>
-          <t>3.7</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="I16" s="1" t="inlineStr">
         <is>
-          <t>5.4</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="J16" s="1" t="inlineStr">
         <is>
-          <t>5.2</t>
+          <t>5.0</t>
         </is>
       </c>
       <c r="K16" s="1" t="inlineStr">
         <is>
           <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>Starling (LA)</t>
+          <t>Eurodiamond</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
+          <t>7.7</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
           <t>7.6</t>
         </is>
       </c>
-      <c r="C17" s="1" t="inlineStr">
+      <c r="D17" s="1" t="inlineStr">
         <is>
           <t>7.6</t>
         </is>
       </c>
-      <c r="D17" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
-          <t>7.8</t>
+          <t>6.9</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
-          <t>7.7</t>
+          <t>7.1</t>
         </is>
       </c>
       <c r="G17" s="1" t="inlineStr">
         <is>
-          <t>7.3</t>
+          <t>6.2</t>
         </is>
       </c>
       <c r="H17" s="1" t="inlineStr">
         <is>
-          <t>6.9</t>
+          <t>3.7</t>
         </is>
       </c>
       <c r="I17" s="1" t="inlineStr">
         <is>
+          <t>5.4</t>
+        </is>
+      </c>
+      <c r="J17" s="1" t="inlineStr">
+        <is>
           <t>5.3</t>
         </is>
       </c>
-      <c r="J17" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K17" s="1" t="inlineStr">
         <is>
-          <t>DLF/JNS</t>
+          <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>Alathea</t>
+          <t>Starling (LA)</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>7.6</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>7.6</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
           <t>7.6</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
-          <t>7.3</t>
+          <t>7.8</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
-          <t>7.2</t>
+          <t>7.7</t>
         </is>
       </c>
       <c r="G18" s="1" t="inlineStr">
         <is>
-          <t>7.1</t>
+          <t>7.4</t>
         </is>
       </c>
       <c r="H18" s="1" t="inlineStr">
         <is>
-          <t>6.1</t>
+          <t>6.9</t>
         </is>
       </c>
       <c r="I18" s="1" t="inlineStr">
         <is>
-          <t>5.4</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="J18" s="1" t="inlineStr">
         <is>
-          <t>5.2</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="K18" s="1" t="inlineStr">
         <is>
-          <t>DLF/OAS/TG</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>Saila</t>
+          <t>Alathea</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>7.6</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>7.5</t>
+          <t>7.6</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
           <t>7.6</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>7.3</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>7.2</t>
         </is>
       </c>
       <c r="G19" s="1" t="inlineStr">
         <is>
-          <t>6.3</t>
+          <t>7.1</t>
         </is>
       </c>
       <c r="H19" s="1" t="inlineStr">
         <is>
-          <t>5.6</t>
+          <t>6.1</t>
         </is>
       </c>
       <c r="I19" s="1" t="inlineStr">
         <is>
-          <t>5.0</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="J19" s="1" t="inlineStr">
         <is>
-          <t>5.1</t>
+          <t>5.2</t>
         </is>
       </c>
       <c r="K19" s="1" t="inlineStr">
         <is>
-          <t>DLF/JNS</t>
+          <t>DLF/OAS/TG</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>Monroe</t>
+          <t>Saila</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
+          <t>7.6</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
           <t>7.5</t>
         </is>
       </c>
-      <c r="C20" s="1" t="inlineStr">
+      <c r="D20" s="1" t="inlineStr">
         <is>
           <t>7.6</t>
         </is>
       </c>
-      <c r="D20" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
-          <t>7.4</t>
+          <t>7.0</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
-          <t>7.3</t>
+          <t>6.6</t>
         </is>
       </c>
       <c r="G20" s="1" t="inlineStr">
         <is>
-          <t>7.7</t>
+          <t>6.3</t>
         </is>
       </c>
       <c r="H20" s="1" t="inlineStr">
         <is>
-          <t>6.2</t>
+          <t>5.6</t>
         </is>
       </c>
       <c r="I20" s="1" t="inlineStr">
         <is>
-          <t>5.9</t>
+          <t>5.0</t>
         </is>
       </c>
       <c r="J20" s="1" t="inlineStr">
         <is>
-          <t>6.0</t>
+          <t>5.1</t>
         </is>
       </c>
       <c r="K20" s="1" t="inlineStr">
         <is>
-          <t>DLF</t>
+          <t>DLF/JNS</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>Eurosport</t>
+          <t>Bardurance (LA)</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
+          <t>7.5</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
           <t>7.6</t>
         </is>
       </c>
-      <c r="C21" s="1" t="inlineStr">
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>7.6</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>7.2</t>
+        </is>
+      </c>
+      <c r="F21" s="1" t="inlineStr">
+        <is>
+          <t>7.4</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
         <is>
           <t>7.5</t>
         </is>
       </c>
-      <c r="D21" s="1" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="H21" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
+          <t>5.9</t>
         </is>
       </c>
       <c r="I21" s="1" t="inlineStr">
         <is>
           <t>5.7</t>
         </is>
       </c>
       <c r="J21" s="1" t="inlineStr">
         <is>
-          <t>5.6</t>
+          <t>6.3</t>
         </is>
       </c>
       <c r="K21" s="1" t="inlineStr">
         <is>
-          <t>DSV</t>
+          <t>BAR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>Lancelot</t>
+          <t>Monroe</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
+          <t>7.5</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>7.6</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>7.5</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
           <t>7.4</t>
         </is>
       </c>
-      <c r="C22" s="1" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
+          <t>7.3</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
           <t>7.7</t>
         </is>
       </c>
-      <c r="G22" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="H22" s="1" t="inlineStr">
         <is>
-          <t>5.2</t>
+          <t>6.2</t>
         </is>
       </c>
       <c r="I22" s="1" t="inlineStr">
         <is>
-          <t>5.0</t>
+          <t>5.9</t>
         </is>
       </c>
       <c r="J22" s="1" t="inlineStr">
         <is>
-          <t>5.4</t>
+          <t>5.9</t>
         </is>
       </c>
       <c r="K22" s="1" t="inlineStr">
         <is>
-          <t>OAS/TG</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>Duranova</t>
+          <t>Eurosport</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>7.4</t>
+          <t>7.6</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>7.6</t>
+          <t>7.5</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
           <t>7.5</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
+          <t>7.3</t>
+        </is>
+      </c>
+      <c r="F23" s="1" t="inlineStr">
+        <is>
           <t>7.1</t>
         </is>
       </c>
-      <c r="F23" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G23" s="1" t="inlineStr">
         <is>
-          <t>7.5</t>
+          <t>6.9</t>
         </is>
       </c>
       <c r="H23" s="1" t="inlineStr">
         <is>
-          <t>5.4</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="I23" s="1" t="inlineStr">
         <is>
-          <t>5.3</t>
+          <t>5.7</t>
         </is>
       </c>
       <c r="J23" s="1" t="inlineStr">
         <is>
-          <t>5.1</t>
+          <t>5.6</t>
         </is>
       </c>
       <c r="K23" s="1" t="inlineStr">
         <is>
-          <t>DLF/JNS</t>
+          <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>Minnelli (LA)</t>
+          <t>Lancelot</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>7.4</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
           <t>7.6</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t>7.5</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
-          <t>8.1</t>
+          <t>7.1</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
-          <t>8.1</t>
+          <t>7.7</t>
         </is>
       </c>
       <c r="G24" s="1" t="inlineStr">
         <is>
-          <t>8.2</t>
+          <t>7.8</t>
         </is>
       </c>
       <c r="H24" s="1" t="inlineStr">
         <is>
-          <t>6.9</t>
+          <t>5.2</t>
         </is>
       </c>
       <c r="I24" s="1" t="inlineStr">
         <is>
-          <t>5.1</t>
+          <t>5.0</t>
         </is>
       </c>
       <c r="J24" s="1" t="inlineStr">
         <is>
-          <t>5.6</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="K24" s="1" t="inlineStr">
         <is>
-          <t>DLF/MM</t>
+          <t>OAS/TG</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>Fiona (LA)</t>
+          <t>Duranova</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>7.4</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
           <t>7.6</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
           <t>7.5</t>
         </is>
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
-          <t>6.7</t>
+          <t>7.2</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
-          <t>7.1</t>
+          <t>7.8</t>
         </is>
       </c>
       <c r="G25" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>7.5</t>
         </is>
       </c>
       <c r="H25" s="1" t="inlineStr">
         <is>
-          <t>2.9</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="I25" s="1" t="inlineStr">
         <is>
-          <t>6.0</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="J25" s="1" t="inlineStr">
         <is>
-          <t>6.1</t>
+          <t>5.1</t>
         </is>
       </c>
       <c r="K25" s="1" t="inlineStr">
         <is>
-          <t>DLF</t>
+          <t>DLF/JNS</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>Lionel</t>
+          <t>Minnelli (LA)</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
+          <t>7.4</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>7.6</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
           <t>7.5</t>
         </is>
       </c>
-      <c r="C26" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>8.1</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
-          <t>6.7</t>
+          <t>8.1</t>
         </is>
       </c>
       <c r="G26" s="1" t="inlineStr">
         <is>
-          <t>6.1</t>
+          <t>8.2</t>
         </is>
       </c>
       <c r="H26" s="1" t="inlineStr">
         <is>
-          <t>4.8</t>
+          <t>6.9</t>
         </is>
       </c>
       <c r="I26" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
+          <t>5.1</t>
         </is>
       </c>
       <c r="J26" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
+          <t>5.6</t>
         </is>
       </c>
       <c r="K26" s="1" t="inlineStr">
         <is>
-          <t>DLF/JNS</t>
+          <t>DLF/MM</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>Baradona</t>
+          <t>Fiona (LA)</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
+          <t>7.4</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>7.6</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
           <t>7.5</t>
         </is>
       </c>
-      <c r="C27" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="E27" s="1" t="inlineStr">
         <is>
-          <t>7.3</t>
+          <t>6.7</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
           <t>7.1</t>
         </is>
       </c>
       <c r="G27" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>7.0</t>
         </is>
       </c>
       <c r="H27" s="1" t="inlineStr">
         <is>
-          <t>3.7</t>
+          <t>2.9</t>
         </is>
       </c>
       <c r="I27" s="1" t="inlineStr">
         <is>
-          <t>5.4</t>
+          <t>6.0</t>
         </is>
       </c>
       <c r="J27" s="1" t="inlineStr">
         <is>
-          <t>5.9</t>
+          <t>6.0</t>
         </is>
       </c>
       <c r="K27" s="1" t="inlineStr">
         <is>
-          <t>BAR</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>Barlicum</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>7.3</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
+          <t>7.6</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
           <t>7.5</t>
         </is>
       </c>
-      <c r="D28" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
-          <t>6.3</t>
+          <t>6.4</t>
         </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
           <t>7.6</t>
         </is>
       </c>
       <c r="G28" s="1" t="inlineStr">
         <is>
           <t>7.5</t>
         </is>
       </c>
       <c r="H28" s="1" t="inlineStr">
         <is>
           <t>4.5</t>
         </is>
       </c>
       <c r="I28" s="1" t="inlineStr">
         <is>
-          <t>5.4</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="J28" s="1" t="inlineStr">
         <is>
           <t>4.9</t>
         </is>
       </c>
       <c r="K28" s="1" t="inlineStr">
         <is>
           <t>BAR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>Barcristalla</t>
+          <t>Lionel</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>7.5</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>7.3</t>
+          <t>7.4</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
           <t>7.4</t>
         </is>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
-          <t>6.8</t>
+          <t>6.7</t>
         </is>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
-          <t>6.8</t>
+          <t>6.7</t>
         </is>
       </c>
       <c r="G29" s="1" t="inlineStr">
         <is>
-          <t>6.7</t>
+          <t>6.1</t>
         </is>
       </c>
       <c r="H29" s="1" t="inlineStr">
         <is>
-          <t>5.9</t>
+          <t>4.8</t>
         </is>
       </c>
       <c r="I29" s="1" t="inlineStr">
         <is>
-          <t>6.2</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="J29" s="1" t="inlineStr">
         <is>
-          <t>7.2</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="K29" s="1" t="inlineStr">
         <is>
-          <t>BAR</t>
+          <t>DLF/JNS</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>Lamar (LA)</t>
+          <t>Baradona</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>7.5</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>7.2</t>
+          <t>7.4</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
           <t>7.4</t>
         </is>
       </c>
       <c r="E30" s="1" t="inlineStr">
         <is>
           <t>7.3</t>
         </is>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
           <t>7.1</t>
         </is>
       </c>
       <c r="G30" s="1" t="inlineStr">
         <is>
-          <t>6.3</t>
+          <t>6.5</t>
         </is>
       </c>
       <c r="H30" s="1" t="inlineStr">
         <is>
-          <t>5.4</t>
+          <t>3.7</t>
         </is>
       </c>
       <c r="I30" s="1" t="inlineStr">
         <is>
-          <t>5.1</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="J30" s="1" t="inlineStr">
         <is>
-          <t>5.6</t>
+          <t>5.9</t>
         </is>
       </c>
       <c r="K30" s="1" t="inlineStr">
         <is>
-          <t>DSV</t>
+          <t>BAR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>Mocora</t>
+          <t>Barcristalla</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
+          <t>7.5</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>7.3</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>7.4</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>6.9</t>
+        </is>
+      </c>
+      <c r="F31" s="1" t="inlineStr">
+        <is>
+          <t>6.7</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>6.7</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>5.9</t>
+        </is>
+      </c>
+      <c r="I31" s="1" t="inlineStr">
+        <is>
+          <t>6.2</t>
+        </is>
+      </c>
+      <c r="J31" s="1" t="inlineStr">
+        <is>
           <t>7.2</t>
         </is>
       </c>
-      <c r="C31" s="1" t="inlineStr">
-[...38 lines deleted...]
-      </c>
       <c r="K31" s="1" t="inlineStr">
         <is>
-          <t>DLF/G</t>
+          <t>BAR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>Chloe</t>
+          <t>Lamar</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>7.3</t>
+          <t>7.5</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>7.5</t>
+          <t>7.2</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
           <t>7.4</t>
         </is>
       </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
-          <t>7.2</t>
+          <t>7.4</t>
         </is>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
-          <t>7.2</t>
+          <t>7.0</t>
         </is>
       </c>
       <c r="G32" s="1" t="inlineStr">
         <is>
-          <t>7.4</t>
+          <t>6.3</t>
         </is>
       </c>
       <c r="H32" s="1" t="inlineStr">
         <is>
-          <t>5.9</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="I32" s="1" t="inlineStr">
         <is>
-          <t>5.3</t>
+          <t>5.1</t>
         </is>
       </c>
       <c r="J32" s="1" t="inlineStr">
         <is>
-          <t>5.4</t>
+          <t>5.6</t>
         </is>
       </c>
       <c r="K32" s="1" t="inlineStr">
         <is>
-          <t>DLF</t>
+          <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>Columbine</t>
+          <t>Mocora</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
+          <t>7.2</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>7.5</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
           <t>7.4</t>
         </is>
       </c>
-      <c r="C33" s="1" t="inlineStr">
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="F33" s="1" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
         <is>
           <t>7.3</t>
         </is>
       </c>
-      <c r="D33" s="1" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="H33" s="1" t="inlineStr">
         <is>
-          <t>5.2</t>
+          <t>4.7</t>
         </is>
       </c>
       <c r="I33" s="1" t="inlineStr">
         <is>
-          <t>6.2</t>
+          <t>5.0</t>
         </is>
       </c>
       <c r="J33" s="1" t="inlineStr">
         <is>
-          <t>5.7</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="K33" s="1" t="inlineStr">
         <is>
-          <t>DLF/TG</t>
+          <t>DLF/G</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>Cameron</t>
+          <t>Chloe</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
+          <t>7.3</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>7.5</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>7.4</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>7.3</t>
+        </is>
+      </c>
+      <c r="F34" s="1" t="inlineStr">
+        <is>
           <t>7.2</t>
         </is>
       </c>
-      <c r="C34" s="1" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="G34" s="1" t="inlineStr">
         <is>
-          <t>7.5</t>
+          <t>7.4</t>
         </is>
       </c>
       <c r="H34" s="1" t="inlineStr">
         <is>
-          <t>4.3</t>
+          <t>5.9</t>
         </is>
       </c>
       <c r="I34" s="1" t="inlineStr">
         <is>
-          <t>5.7</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="J34" s="1" t="inlineStr">
         <is>
-          <t>5.7</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="K34" s="1" t="inlineStr">
         <is>
-          <t>OAS/TG</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>AberWin</t>
+          <t>Cameron</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
+          <t>7.2</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>7.5</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
           <t>7.3</t>
         </is>
       </c>
-      <c r="C35" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="E35" s="1" t="inlineStr">
         <is>
-          <t>6.8</t>
+          <t>7.6</t>
         </is>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
-          <t>7.2</t>
+          <t>7.1</t>
         </is>
       </c>
       <c r="G35" s="1" t="inlineStr">
         <is>
-          <t>6.7</t>
+          <t>7.5</t>
         </is>
       </c>
       <c r="H35" s="1" t="inlineStr">
         <is>
-          <t>5.4</t>
+          <t>4.3</t>
         </is>
       </c>
       <c r="I35" s="1" t="inlineStr">
         <is>
-          <t>5.6</t>
+          <t>5.7</t>
         </is>
       </c>
       <c r="J35" s="1" t="inlineStr">
         <is>
-          <t>4.9</t>
+          <t>5.7</t>
         </is>
       </c>
       <c r="K35" s="1" t="inlineStr">
         <is>
-          <t>G</t>
+          <t>OAS/TG</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>Barolympic</t>
+          <t>Annecy</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>7.2</t>
+          <t>7.3</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
           <t>7.3</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
           <t>7.3</t>
         </is>
       </c>
       <c r="E36" s="1" t="inlineStr">
         <is>
-          <t>7.5</t>
+          <t>6.9</t>
         </is>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
-          <t>7.4</t>
+          <t>6.6</t>
         </is>
       </c>
       <c r="G36" s="1" t="inlineStr">
         <is>
-          <t>7.4</t>
+          <t>6.4</t>
         </is>
       </c>
       <c r="H36" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
+          <t>4.0</t>
         </is>
       </c>
       <c r="I36" s="1" t="inlineStr">
         <is>
-          <t>4.4</t>
+          <t>5.9</t>
         </is>
       </c>
       <c r="J36" s="1" t="inlineStr">
         <is>
-          <t>4.8</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="K36" s="1" t="inlineStr">
         <is>
-          <t>BAR</t>
+          <t>DLF/MM</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>Annecy</t>
+          <t>AberWin</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
+          <t>7.3</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>7.3</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>7.3</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>6.8</t>
+        </is>
+      </c>
+      <c r="F37" s="1" t="inlineStr">
+        <is>
           <t>7.2</t>
         </is>
       </c>
-      <c r="C37" s="1" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="G37" s="1" t="inlineStr">
         <is>
-          <t>6.3</t>
+          <t>6.7</t>
         </is>
       </c>
       <c r="H37" s="1" t="inlineStr">
         <is>
-          <t>4.0</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="I37" s="1" t="inlineStr">
         <is>
-          <t>5.8</t>
+          <t>5.6</t>
         </is>
       </c>
       <c r="J37" s="1" t="inlineStr">
         <is>
-          <t>5.2</t>
+          <t>4.9</t>
         </is>
       </c>
       <c r="K37" s="1" t="inlineStr">
         <is>
-          <t>DLF/MM</t>
+          <t>G</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>Baromario</t>
+          <t>Columbine</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
+          <t>7.3</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
           <t>7.2</t>
         </is>
       </c>
-      <c r="C38" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
-          <t>7.2</t>
+          <t>7.3</t>
         </is>
       </c>
       <c r="E38" s="1" t="inlineStr">
         <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="F38" s="1" t="inlineStr">
+        <is>
           <t>6.7</t>
         </is>
       </c>
-      <c r="F38" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G38" s="1" t="inlineStr">
         <is>
-          <t>6.9</t>
+          <t>6.0</t>
         </is>
       </c>
       <c r="H38" s="1" t="inlineStr">
         <is>
-          <t>5.0</t>
+          <t>5.2</t>
         </is>
       </c>
       <c r="I38" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
+          <t>6.0</t>
         </is>
       </c>
       <c r="J38" s="1" t="inlineStr">
         <is>
-          <t>6.2</t>
+          <t>5.7</t>
         </is>
       </c>
       <c r="K38" s="1" t="inlineStr">
         <is>
-          <t>BAR</t>
+          <t>DLF/TG</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>Berlioz 1</t>
+          <t>Barolympic</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>7.2</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>7.2</t>
+          <t>7.3</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
-          <t>7.2</t>
+          <t>7.3</t>
         </is>
       </c>
       <c r="E39" s="1" t="inlineStr">
         <is>
-          <t>6.7</t>
+          <t>7.5</t>
         </is>
       </c>
       <c r="F39" s="1" t="inlineStr">
         <is>
-          <t>6.9</t>
+          <t>7.4</t>
         </is>
       </c>
       <c r="G39" s="1" t="inlineStr">
         <is>
-          <t>6.1</t>
+          <t>7.4</t>
         </is>
       </c>
       <c r="H39" s="1" t="inlineStr">
         <is>
-          <t>5.4</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="I39" s="1" t="inlineStr">
         <is>
-          <t>5.7</t>
+          <t>4.4</t>
         </is>
       </c>
       <c r="J39" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
+          <t>4.8</t>
         </is>
       </c>
       <c r="K39" s="1" t="inlineStr">
         <is>
-          <t>DLF/TG</t>
+          <t>BAR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>Mumbai (LA)</t>
+          <t>Cirilla (LA)</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
+          <t>7.1</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>7.3</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>7.2</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>7.4</t>
+        </is>
+      </c>
+      <c r="F40" s="1" t="inlineStr">
+        <is>
+          <t>7.1</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
           <t>7.0</t>
         </is>
       </c>
-      <c r="C40" s="1" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="H40" s="1" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="I40" s="1" t="inlineStr">
         <is>
-          <t>5.0</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="J40" s="1" t="inlineStr">
         <is>
-          <t>5.1</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="K40" s="1" t="inlineStr">
         <is>
-          <t>DLF/MM</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>Angelina</t>
+          <t>Baromario</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>7.2</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>7.1</t>
+          <t>7.2</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
           <t>7.2</t>
         </is>
       </c>
       <c r="E41" s="1" t="inlineStr">
         <is>
-          <t>7.4</t>
+          <t>6.7</t>
         </is>
       </c>
       <c r="F41" s="1" t="inlineStr">
         <is>
-          <t>7.3</t>
+          <t>7.2</t>
         </is>
       </c>
       <c r="G41" s="1" t="inlineStr">
         <is>
-          <t>6.5</t>
+          <t>6.9</t>
         </is>
       </c>
       <c r="H41" s="1" t="inlineStr">
         <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I41" s="1" t="inlineStr">
+        <is>
+          <t>5.5</t>
+        </is>
+      </c>
+      <c r="J41" s="1" t="inlineStr">
+        <is>
           <t>6.1</t>
         </is>
       </c>
-      <c r="I41" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="K41" s="1" t="inlineStr">
         <is>
-          <t>OAS/TG</t>
+          <t>BAR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>Chardin</t>
+          <t>Berlioz 1</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>7.2</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
           <t>7.2</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
-          <t>7.1</t>
+          <t>7.2</t>
         </is>
       </c>
       <c r="E42" s="1" t="inlineStr">
         <is>
-          <t>6.5</t>
+          <t>6.7</t>
         </is>
       </c>
       <c r="F42" s="1" t="inlineStr">
         <is>
-          <t>7.1</t>
+          <t>6.9</t>
         </is>
       </c>
       <c r="G42" s="1" t="inlineStr">
         <is>
-          <t>7.4</t>
+          <t>6.1</t>
         </is>
       </c>
       <c r="H42" s="1" t="inlineStr">
         <is>
-          <t>5.9</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="I42" s="1" t="inlineStr">
         <is>
-          <t>5.2</t>
+          <t>5.7</t>
         </is>
       </c>
       <c r="J42" s="1" t="inlineStr">
         <is>
-          <t>5.0</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="K42" s="1" t="inlineStr">
         <is>
-          <t>DLF/JNS</t>
+          <t>DLF/TG</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>Calico</t>
+          <t>Mumbai</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>7.1</t>
+          <t>7.0</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
+          <t>7.3</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
           <t>7.2</t>
         </is>
       </c>
-      <c r="D43" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E43" s="1" t="inlineStr">
         <is>
-          <t>7.4</t>
+          <t>7.0</t>
         </is>
       </c>
       <c r="F43" s="1" t="inlineStr">
         <is>
-          <t>6.8</t>
+          <t>7.5</t>
         </is>
       </c>
       <c r="G43" s="1" t="inlineStr">
         <is>
-          <t>6.8</t>
+          <t>7.5</t>
         </is>
       </c>
       <c r="H43" s="1" t="inlineStr">
         <is>
-          <t>4.0</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="I43" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
+          <t>5.0</t>
         </is>
       </c>
       <c r="J43" s="1" t="inlineStr">
         <is>
-          <t>6.3</t>
+          <t>5.1</t>
         </is>
       </c>
       <c r="K43" s="1" t="inlineStr">
         <is>
-          <t>SMFR/G</t>
+          <t>DLF/MM</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>Estelle</t>
+          <t>Angelina</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>7.2</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
+          <t>7.1</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
           <t>7.2</t>
         </is>
       </c>
-      <c r="D44" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E44" s="1" t="inlineStr">
         <is>
-          <t>7.2</t>
+          <t>7.5</t>
         </is>
       </c>
       <c r="F44" s="1" t="inlineStr">
         <is>
-          <t>7.2</t>
+          <t>7.3</t>
         </is>
       </c>
       <c r="G44" s="1" t="inlineStr">
         <is>
-          <t>7.3</t>
+          <t>6.5</t>
         </is>
       </c>
       <c r="H44" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
+          <t>6.1</t>
         </is>
       </c>
       <c r="I44" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
+          <t>5.2</t>
         </is>
       </c>
       <c r="J44" s="1" t="inlineStr">
         <is>
-          <t>4.8</t>
+          <t>5.6</t>
         </is>
       </c>
       <c r="K44" s="1" t="inlineStr">
         <is>
           <t>OAS/TG</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>Eventus</t>
+          <t>Gladys</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>7.1</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
           <t>7.2</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
           <t>7.1</t>
         </is>
       </c>
       <c r="E45" s="1" t="inlineStr">
         <is>
-          <t>7.4</t>
+          <t>7.2</t>
         </is>
       </c>
       <c r="F45" s="1" t="inlineStr">
         <is>
-          <t>7.2</t>
+          <t>6.9</t>
         </is>
       </c>
       <c r="G45" s="1" t="inlineStr">
         <is>
-          <t>7.7</t>
+          <t>6.9</t>
         </is>
       </c>
       <c r="H45" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="I45" s="1" t="inlineStr">
         <is>
           <t>5.3</t>
         </is>
       </c>
       <c r="J45" s="1" t="inlineStr">
         <is>
-          <t>5.3</t>
+          <t>5.1</t>
         </is>
       </c>
       <c r="K45" s="1" t="inlineStr">
         <is>
-          <t>DSV/BAR</t>
+          <t>DLF/MM</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>Barthierry</t>
+          <t>Calico</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>7.1</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
           <t>7.1</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
           <t>7.1</t>
         </is>
       </c>
       <c r="E46" s="1" t="inlineStr">
         <is>
-          <t>6.5</t>
+          <t>7.5</t>
         </is>
       </c>
       <c r="F46" s="1" t="inlineStr">
         <is>
-          <t>7.3</t>
+          <t>6.7</t>
         </is>
       </c>
       <c r="G46" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>6.8</t>
         </is>
       </c>
       <c r="H46" s="1" t="inlineStr">
         <is>
-          <t>5.2</t>
+          <t>4.0</t>
         </is>
       </c>
       <c r="I46" s="1" t="inlineStr">
         <is>
-          <t>6.2</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="J46" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>6.3</t>
         </is>
       </c>
       <c r="K46" s="1" t="inlineStr">
         <is>
-          <t>BAR</t>
+          <t>SMFR/G</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>Elva</t>
+          <t>Estelle</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
+          <t>7.2</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
           <t>7.1</t>
         </is>
       </c>
-      <c r="D47" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E47" s="1" t="inlineStr">
         <is>
+          <t>7.2</t>
+        </is>
+      </c>
+      <c r="F47" s="1" t="inlineStr">
+        <is>
+          <t>7.2</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
           <t>7.3</t>
         </is>
       </c>
-      <c r="F47" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="H47" s="1" t="inlineStr">
         <is>
-          <t>5.8</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="I47" s="1" t="inlineStr">
         <is>
-          <t>5.3</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="J47" s="1" t="inlineStr">
         <is>
-          <t>5.3</t>
+          <t>4.7</t>
         </is>
       </c>
       <c r="K47" s="1" t="inlineStr">
         <is>
-          <t>DLF</t>
+          <t>OAS/TG</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>Cyrena</t>
+          <t>Eventus</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
           <t>7.2</t>
         </is>
       </c>
-      <c r="C48" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
           <t>7.1</t>
         </is>
       </c>
       <c r="E48" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>7.5</t>
         </is>
       </c>
       <c r="F48" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>7.2</t>
         </is>
       </c>
       <c r="G48" s="1" t="inlineStr">
         <is>
-          <t>6.0</t>
+          <t>7.7</t>
         </is>
       </c>
       <c r="H48" s="1" t="inlineStr">
         <is>
-          <t>5.8</t>
+          <t>6.4</t>
         </is>
       </c>
       <c r="I48" s="1" t="inlineStr">
         <is>
-          <t>5.1</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="J48" s="1" t="inlineStr">
         <is>
-          <t>5.8</t>
+          <t>5.2</t>
         </is>
       </c>
       <c r="K48" s="1" t="inlineStr">
         <is>
-          <t>DLF/MM</t>
+          <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>Ponyo</t>
+          <t>Elva</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
           <t>7.1</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
           <t>7.1</t>
         </is>
       </c>
       <c r="E49" s="1" t="inlineStr">
         <is>
           <t>7.3</t>
         </is>
       </c>
       <c r="F49" s="1" t="inlineStr">
         <is>
-          <t>7.2</t>
+          <t>7.3</t>
         </is>
       </c>
       <c r="G49" s="1" t="inlineStr">
         <is>
-          <t>7.8</t>
+          <t>7.4</t>
         </is>
       </c>
       <c r="H49" s="1" t="inlineStr">
         <is>
-          <t>4.9</t>
+          <t>5.8</t>
         </is>
       </c>
       <c r="I49" s="1" t="inlineStr">
         <is>
-          <t>5.2</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="J49" s="1" t="inlineStr">
         <is>
-          <t>6.1</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="K49" s="1" t="inlineStr">
         <is>
           <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>Barorlando</t>
+          <t>Ponyo</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
           <t>7.1</t>
         </is>
       </c>
-      <c r="C50" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
           <t>7.1</t>
         </is>
       </c>
       <c r="E50" s="1" t="inlineStr">
         <is>
-          <t>6.5</t>
+          <t>7.4</t>
         </is>
       </c>
       <c r="F50" s="1" t="inlineStr">
         <is>
-          <t>6.9</t>
+          <t>7.2</t>
         </is>
       </c>
       <c r="G50" s="1" t="inlineStr">
         <is>
-          <t>6.3</t>
+          <t>7.8</t>
         </is>
       </c>
       <c r="H50" s="1" t="inlineStr">
         <is>
-          <t>6.3</t>
+          <t>4.9</t>
         </is>
       </c>
       <c r="I50" s="1" t="inlineStr">
         <is>
-          <t>5.7</t>
+          <t>5.2</t>
         </is>
       </c>
       <c r="J50" s="1" t="inlineStr">
         <is>
-          <t>7.2</t>
+          <t>6.1</t>
         </is>
       </c>
       <c r="K50" s="1" t="inlineStr">
         <is>
-          <t>BAR</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>Gladys</t>
+          <t>Barorlando</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
+          <t>7.1</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
           <t>7.0</t>
         </is>
       </c>
-      <c r="C51" s="1" t="inlineStr">
+      <c r="D51" s="1" t="inlineStr">
         <is>
           <t>7.1</t>
         </is>
       </c>
-      <c r="D51" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E51" s="1" t="inlineStr">
         <is>
-          <t>7.3</t>
+          <t>6.5</t>
         </is>
       </c>
       <c r="F51" s="1" t="inlineStr">
         <is>
           <t>6.8</t>
         </is>
       </c>
       <c r="G51" s="1" t="inlineStr">
         <is>
-          <t>6.9</t>
+          <t>6.3</t>
         </is>
       </c>
       <c r="H51" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
+          <t>6.3</t>
         </is>
       </c>
       <c r="I51" s="1" t="inlineStr">
         <is>
-          <t>5.3</t>
+          <t>5.7</t>
         </is>
       </c>
       <c r="J51" s="1" t="inlineStr">
         <is>
-          <t>5.1</t>
+          <t>7.2</t>
         </is>
       </c>
       <c r="K51" s="1" t="inlineStr">
         <is>
-          <t>DLF/MM</t>
+          <t>BAR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>EG Resistus</t>
+          <t>Melbourne</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
+          <t>6.9</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>7.1</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
           <t>7.0</t>
         </is>
       </c>
-      <c r="C52" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="E52" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>6.7</t>
         </is>
       </c>
       <c r="F52" s="1" t="inlineStr">
         <is>
+          <t>7.1</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
           <t>6.9</t>
         </is>
       </c>
-      <c r="G52" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="H52" s="1" t="inlineStr">
         <is>
-          <t>5.9</t>
+          <t>6.7</t>
         </is>
       </c>
       <c r="I52" s="1" t="inlineStr">
         <is>
-          <t>5.7</t>
+          <t>5.2</t>
         </is>
       </c>
       <c r="J52" s="1" t="inlineStr">
         <is>
-          <t>5.6</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="K52" s="1" t="inlineStr">
         <is>
-          <t>DSV</t>
+          <t>DLF/MM</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>Melbourne</t>
+          <t>Chardin</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>6.9</t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
           <t>7.1</t>
         </is>
       </c>
       <c r="D53" s="1" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="E53" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>6.2</t>
         </is>
       </c>
       <c r="F53" s="1" t="inlineStr">
         <is>
           <t>7.1</t>
         </is>
       </c>
       <c r="G53" s="1" t="inlineStr">
         <is>
-          <t>6.9</t>
+          <t>7.3</t>
         </is>
       </c>
       <c r="H53" s="1" t="inlineStr">
         <is>
-          <t>6.7</t>
+          <t>5.9</t>
         </is>
       </c>
       <c r="I53" s="1" t="inlineStr">
         <is>
-          <t>5.2</t>
+          <t>5.1</t>
         </is>
       </c>
       <c r="J53" s="1" t="inlineStr">
         <is>
-          <t>5.3</t>
+          <t>5.0</t>
         </is>
       </c>
       <c r="K53" s="1" t="inlineStr">
         <is>
-          <t>DLF/MM</t>
+          <t>DLF/JNS</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>Saopaulo (LA)</t>
+          <t>Grace (LA)</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>6.9</t>
+          <t>7.0</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>6.4</t>
+        </is>
+      </c>
+      <c r="F54" s="1" t="inlineStr">
+        <is>
           <t>7.1</t>
         </is>
       </c>
-      <c r="D54" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E54" s="1" t="inlineStr">
+      <c r="G54" s="1" t="inlineStr">
         <is>
           <t>7.1</t>
         </is>
       </c>
-      <c r="F54" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="H54" s="1" t="inlineStr">
         <is>
-          <t>5.8</t>
+          <t>3.7</t>
         </is>
       </c>
       <c r="I54" s="1" t="inlineStr">
         <is>
-          <t>5.8</t>
+          <t>6.1</t>
         </is>
       </c>
       <c r="J54" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
+          <t>5.6</t>
         </is>
       </c>
       <c r="K54" s="1" t="inlineStr">
         <is>
-          <t>DLF/MM</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>Eurocool</t>
+          <t>Ethan</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>6.9</t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
-          <t>7.1</t>
+          <t>7.0</t>
         </is>
       </c>
       <c r="D55" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>6.9</t>
         </is>
       </c>
       <c r="E55" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>7.4</t>
         </is>
       </c>
       <c r="F55" s="1" t="inlineStr">
         <is>
-          <t>7.1</t>
+          <t>6.7</t>
         </is>
       </c>
       <c r="G55" s="1" t="inlineStr">
         <is>
-          <t>6.7</t>
+          <t>6.8</t>
         </is>
       </c>
       <c r="H55" s="1" t="inlineStr">
         <is>
-          <t>5.1</t>
+          <t>6.2</t>
         </is>
       </c>
       <c r="I55" s="1" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J55" s="1" t="inlineStr">
         <is>
-          <t>6.2</t>
+          <t>5.8</t>
         </is>
       </c>
       <c r="K55" s="1" t="inlineStr">
         <is>
           <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>Alison</t>
+          <t>Aniston</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>6.9</t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>6.9</t>
         </is>
       </c>
       <c r="D56" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>6.9</t>
         </is>
       </c>
       <c r="E56" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>7.4</t>
         </is>
       </c>
       <c r="F56" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>6.7</t>
         </is>
       </c>
       <c r="G56" s="1" t="inlineStr">
         <is>
-          <t>7.2</t>
+          <t>7.3</t>
         </is>
       </c>
       <c r="H56" s="1" t="inlineStr">
         <is>
-          <t>6.0</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="I56" s="1" t="inlineStr">
         <is>
-          <t>5.6</t>
+          <t>5.8</t>
         </is>
       </c>
       <c r="J56" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
+          <t>5.9</t>
         </is>
       </c>
       <c r="K56" s="1" t="inlineStr">
         <is>
-          <t>DLF/MM</t>
+          <t>DLF/JNS</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>Ethan</t>
+          <t>Beckham</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>6.9</t>
         </is>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
+          <t>6.9</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>6.9</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
           <t>7.0</t>
         </is>
       </c>
-      <c r="D57" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="F57" s="1" t="inlineStr">
         <is>
-          <t>6.7</t>
+          <t>6.3</t>
         </is>
       </c>
       <c r="G57" s="1" t="inlineStr">
         <is>
-          <t>6.8</t>
+          <t>6.0</t>
         </is>
       </c>
       <c r="H57" s="1" t="inlineStr">
         <is>
-          <t>6.2</t>
+          <t>6.0</t>
         </is>
       </c>
       <c r="I57" s="1" t="inlineStr">
         <is>
-          <t>5.0</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="J57" s="1" t="inlineStr">
         <is>
-          <t>5.8</t>
+          <t>4.7</t>
         </is>
       </c>
       <c r="K57" s="1" t="inlineStr">
         <is>
           <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>Aniston</t>
+          <t>Martinella</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
+          <t>6.8</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
           <t>6.9</t>
         </is>
       </c>
-      <c r="C58" s="1" t="inlineStr">
+      <c r="D58" s="1" t="inlineStr">
         <is>
           <t>6.9</t>
         </is>
       </c>
-      <c r="D58" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E58" s="1" t="inlineStr">
         <is>
-          <t>7.3</t>
+          <t>6.5</t>
         </is>
       </c>
       <c r="F58" s="1" t="inlineStr">
         <is>
-          <t>6.7</t>
+          <t>6.4</t>
         </is>
       </c>
       <c r="G58" s="1" t="inlineStr">
         <is>
-          <t>7.3</t>
+          <t>6.1</t>
         </is>
       </c>
       <c r="H58" s="1" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>4.5</t>
         </is>
       </c>
       <c r="I58" s="1" t="inlineStr">
         <is>
-          <t>5.8</t>
+          <t>6.0</t>
         </is>
       </c>
       <c r="J58" s="1" t="inlineStr">
         <is>
-          <t>5.9</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="K58" s="1" t="inlineStr">
         <is>
-          <t>DLF/JNS</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>Beckham</t>
+          <t>Bonnie</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
+          <t>6.8</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
           <t>6.9</t>
         </is>
       </c>
-      <c r="C59" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="E59" s="1" t="inlineStr">
         <is>
+          <t>6.2</t>
+        </is>
+      </c>
+      <c r="F59" s="1" t="inlineStr">
+        <is>
+          <t>7.3</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
           <t>7.0</t>
         </is>
       </c>
-      <c r="F59" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="H59" s="1" t="inlineStr">
         <is>
-          <t>6.0</t>
+          <t>5.0</t>
         </is>
       </c>
       <c r="I59" s="1" t="inlineStr">
         <is>
+          <t>5.3</t>
+        </is>
+      </c>
+      <c r="J59" s="1" t="inlineStr">
+        <is>
           <t>5.4</t>
         </is>
       </c>
-      <c r="J59" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K59" s="1" t="inlineStr">
         <is>
-          <t>DSV</t>
+          <t>TG</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>Martinella</t>
+          <t>Django</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>6.8</t>
         </is>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
           <t>6.9</t>
         </is>
       </c>
       <c r="D60" s="1" t="inlineStr">
         <is>
           <t>6.9</t>
         </is>
       </c>
       <c r="E60" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>6.6</t>
         </is>
       </c>
       <c r="F60" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>7.1</t>
         </is>
       </c>
       <c r="G60" s="1" t="inlineStr">
         <is>
-          <t>6.1</t>
+          <t>6.7</t>
         </is>
       </c>
       <c r="H60" s="1" t="inlineStr">
         <is>
-          <t>4.5</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="I60" s="1" t="inlineStr">
         <is>
-          <t>6.0</t>
+          <t>5.2</t>
         </is>
       </c>
       <c r="J60" s="1" t="inlineStr">
         <is>
-          <t>5.3</t>
+          <t>5.0</t>
         </is>
       </c>
       <c r="K60" s="1" t="inlineStr">
         <is>
-          <t>DLF</t>
+          <t>RAGT</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>Bonnie</t>
+          <t>Totoro (LA)</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>6.8</t>
         </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>6.8</t>
         </is>
       </c>
       <c r="D61" s="1" t="inlineStr">
         <is>
-          <t>6.9</t>
+          <t>6.8</t>
         </is>
       </c>
       <c r="E61" s="1" t="inlineStr">
         <is>
-          <t>6.2</t>
+          <t>7.2</t>
         </is>
       </c>
       <c r="F61" s="1" t="inlineStr">
         <is>
+          <t>7.5</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>7.9</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
           <t>7.3</t>
         </is>
       </c>
-      <c r="G61" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="I61" s="1" t="inlineStr">
         <is>
-          <t>5.3</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="J61" s="1" t="inlineStr">
         <is>
-          <t>5.4</t>
+          <t>5.9</t>
         </is>
       </c>
       <c r="K61" s="1" t="inlineStr">
         <is>
-          <t>TG</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>Django (LA)</t>
+          <t>Etienna</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
+          <t>6.7</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>6.9</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
           <t>6.8</t>
         </is>
       </c>
-      <c r="C62" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="E62" s="1" t="inlineStr">
         <is>
-          <t>6.5</t>
+          <t>6.7</t>
         </is>
       </c>
       <c r="F62" s="1" t="inlineStr">
         <is>
+          <t>6.8</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
           <t>7.1</t>
         </is>
       </c>
-      <c r="G62" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="H62" s="1" t="inlineStr">
         <is>
-          <t>5.3</t>
+          <t>6.0</t>
         </is>
       </c>
       <c r="I62" s="1" t="inlineStr">
         <is>
-          <t>5.3</t>
+          <t>5.2</t>
         </is>
       </c>
       <c r="J62" s="1" t="inlineStr">
         <is>
-          <t>5.0</t>
+          <t>5.8</t>
         </is>
       </c>
       <c r="K62" s="1" t="inlineStr">
         <is>
-          <t>RAGT</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>Penelope</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
+          <t>6.8</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>6.8</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>6.8</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
           <t>6.9</t>
         </is>
       </c>
-      <c r="C63" s="1" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="F63" s="1" t="inlineStr">
         <is>
           <t>7.2</t>
         </is>
       </c>
       <c r="G63" s="1" t="inlineStr">
         <is>
-          <t>7.5</t>
+          <t>7.4</t>
         </is>
       </c>
       <c r="H63" s="1" t="inlineStr">
         <is>
           <t>4.4</t>
         </is>
       </c>
       <c r="I63" s="1" t="inlineStr">
         <is>
           <t>5.4</t>
         </is>
       </c>
       <c r="J63" s="1" t="inlineStr">
         <is>
-          <t>5.3</t>
+          <t>5.2</t>
         </is>
       </c>
       <c r="K63" s="1" t="inlineStr">
         <is>
           <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>Totoro (LA)</t>
+          <t>Claudine</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>6.8</t>
         </is>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
           <t>6.8</t>
         </is>
       </c>
       <c r="D64" s="1" t="inlineStr">
         <is>
           <t>6.8</t>
         </is>
       </c>
       <c r="E64" s="1" t="inlineStr">
         <is>
-          <t>7.2</t>
+          <t>6.3</t>
         </is>
       </c>
       <c r="F64" s="1" t="inlineStr">
         <is>
-          <t>7.5</t>
+          <t>6.8</t>
         </is>
       </c>
       <c r="G64" s="1" t="inlineStr">
         <is>
-          <t>7.9</t>
+          <t>6.8</t>
         </is>
       </c>
       <c r="H64" s="1" t="inlineStr">
         <is>
-          <t>7.3</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="I64" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="J64" s="1" t="inlineStr">
         <is>
-          <t>5.9</t>
+          <t>6.0</t>
         </is>
       </c>
       <c r="K64" s="1" t="inlineStr">
         <is>
           <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>Etienna</t>
+          <t>Duparc</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>6.7</t>
+          <t>6.6</t>
         </is>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
           <t>6.9</t>
         </is>
       </c>
       <c r="D65" s="1" t="inlineStr">
         <is>
           <t>6.8</t>
         </is>
       </c>
       <c r="E65" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>7.0</t>
         </is>
       </c>
       <c r="F65" s="1" t="inlineStr">
         <is>
-          <t>6.9</t>
+          <t>6.3</t>
         </is>
       </c>
       <c r="G65" s="1" t="inlineStr">
         <is>
-          <t>7.1</t>
+          <t>6.4</t>
         </is>
       </c>
       <c r="H65" s="1" t="inlineStr">
         <is>
-          <t>6.0</t>
+          <t>7.0</t>
         </is>
       </c>
       <c r="I65" s="1" t="inlineStr">
         <is>
+          <t>5.1</t>
+        </is>
+      </c>
+      <c r="J65" s="1" t="inlineStr">
+        <is>
           <t>5.2</t>
         </is>
       </c>
-      <c r="J65" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K65" s="1" t="inlineStr">
         <is>
-          <t>DLF</t>
+          <t>OAS/TG</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>Hayley</t>
+          <t>Clarica (LA)</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>6.8</t>
         </is>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
-          <t>6.8</t>
+          <t>6.7</t>
         </is>
       </c>
       <c r="D66" s="1" t="inlineStr">
         <is>
-          <t>6.8</t>
+          <t>6.7</t>
         </is>
       </c>
       <c r="E66" s="1" t="inlineStr">
         <is>
           <t>6.7</t>
         </is>
       </c>
       <c r="F66" s="1" t="inlineStr">
         <is>
           <t>6.7</t>
         </is>
       </c>
       <c r="G66" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>6.9</t>
         </is>
       </c>
       <c r="H66" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
+          <t>4.2</t>
         </is>
       </c>
       <c r="I66" s="1" t="inlineStr">
         <is>
-          <t>5.7</t>
+          <t>5.9</t>
         </is>
       </c>
       <c r="J66" s="1" t="inlineStr">
         <is>
-          <t>5.7</t>
+          <t>6.1</t>
         </is>
       </c>
       <c r="K66" s="1" t="inlineStr">
         <is>
-          <t>OAS/TG</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>Claudine</t>
+          <t>Gianna</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
+          <t>6.7</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>6.7</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>6.7</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>7.3</t>
+        </is>
+      </c>
+      <c r="F67" s="1" t="inlineStr">
+        <is>
           <t>6.8</t>
         </is>
       </c>
-      <c r="C67" s="1" t="inlineStr">
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>6.7</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
         <is>
           <t>6.8</t>
         </is>
       </c>
-      <c r="D67" s="1" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="I67" s="1" t="inlineStr">
         <is>
-          <t>5.4</t>
+          <t>4.9</t>
         </is>
       </c>
       <c r="J67" s="1" t="inlineStr">
         <is>
-          <t>6.0</t>
+          <t>4.9</t>
         </is>
       </c>
       <c r="K67" s="1" t="inlineStr">
         <is>
-          <t>DLF</t>
+          <t>OAS/TG</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>Duparc</t>
+          <t>Vesuvius</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>6.6</t>
         </is>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
           <t>6.9</t>
         </is>
       </c>
       <c r="D68" s="1" t="inlineStr">
         <is>
-          <t>6.8</t>
+          <t>6.7</t>
         </is>
       </c>
       <c r="E68" s="1" t="inlineStr">
         <is>
           <t>6.9</t>
         </is>
       </c>
       <c r="F68" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>6.7</t>
         </is>
       </c>
       <c r="G68" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>6.1</t>
         </is>
       </c>
       <c r="H68" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>5.8</t>
         </is>
       </c>
       <c r="I68" s="1" t="inlineStr">
         <is>
-          <t>5.1</t>
+          <t>4.8</t>
         </is>
       </c>
       <c r="J68" s="1" t="inlineStr">
         <is>
           <t>5.2</t>
         </is>
       </c>
       <c r="K68" s="1" t="inlineStr">
         <is>
-          <t>OAS/TG</t>
+          <t>G</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>Gianna</t>
+          <t>Mandalay</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>6.7</t>
         </is>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
           <t>6.7</t>
         </is>
       </c>
       <c r="D69" s="1" t="inlineStr">
         <is>
           <t>6.7</t>
         </is>
       </c>
       <c r="E69" s="1" t="inlineStr">
         <is>
-          <t>7.3</t>
+          <t>6.8</t>
         </is>
       </c>
       <c r="F69" s="1" t="inlineStr">
         <is>
-          <t>6.8</t>
+          <t>6.0</t>
         </is>
       </c>
       <c r="G69" s="1" t="inlineStr">
         <is>
-          <t>6.7</t>
+          <t>6.2</t>
         </is>
       </c>
       <c r="H69" s="1" t="inlineStr">
         <is>
-          <t>6.8</t>
+          <t>5.8</t>
         </is>
       </c>
       <c r="I69" s="1" t="inlineStr">
         <is>
-          <t>4.9</t>
+          <t>5.2</t>
         </is>
       </c>
       <c r="J69" s="1" t="inlineStr">
         <is>
-          <t>4.9</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="K69" s="1" t="inlineStr">
         <is>
           <t>OAS/TG</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>Vesuvius</t>
+          <t>Carnac</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>6.6</t>
         </is>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
-          <t>6.9</t>
+          <t>6.8</t>
         </is>
       </c>
       <c r="D70" s="1" t="inlineStr">
         <is>
           <t>6.7</t>
         </is>
       </c>
       <c r="E70" s="1" t="inlineStr">
         <is>
-          <t>6.9</t>
+          <t>7.2</t>
         </is>
       </c>
       <c r="F70" s="1" t="inlineStr">
         <is>
-          <t>6.7</t>
+          <t>6.5</t>
         </is>
       </c>
       <c r="G70" s="1" t="inlineStr">
         <is>
           <t>6.1</t>
         </is>
       </c>
       <c r="H70" s="1" t="inlineStr">
         <is>
-          <t>5.8</t>
+          <t>6.2</t>
         </is>
       </c>
       <c r="I70" s="1" t="inlineStr">
         <is>
-          <t>4.9</t>
+          <t>5.7</t>
         </is>
       </c>
       <c r="J70" s="1" t="inlineStr">
         <is>
-          <t>5.2</t>
+          <t>5.7</t>
         </is>
       </c>
       <c r="K70" s="1" t="inlineStr">
         <is>
-          <t>G</t>
+          <t>SMFR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>Mandalay</t>
+          <t>Gwynett</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
+          <t>6.6</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>6.8</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
           <t>6.7</t>
         </is>
       </c>
-      <c r="C71" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D71" s="1" t="inlineStr">
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>7.2</t>
+        </is>
+      </c>
+      <c r="F71" s="1" t="inlineStr">
         <is>
           <t>6.7</t>
         </is>
       </c>
-      <c r="E71" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="G71" s="1" t="inlineStr">
         <is>
-          <t>6.2</t>
+          <t>7.4</t>
         </is>
       </c>
       <c r="H71" s="1" t="inlineStr">
         <is>
-          <t>5.8</t>
+          <t>5.6</t>
         </is>
       </c>
       <c r="I71" s="1" t="inlineStr">
         <is>
-          <t>5.2</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="J71" s="1" t="inlineStr">
         <is>
-          <t>5.6</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="K71" s="1" t="inlineStr">
         <is>
-          <t>OAS/TG</t>
+          <t>G/DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>Carnac</t>
+          <t>Cleopatra</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>6.8</t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
-          <t>6.8</t>
+          <t>6.5</t>
         </is>
       </c>
       <c r="D72" s="1" t="inlineStr">
         <is>
           <t>6.7</t>
         </is>
       </c>
       <c r="E72" s="1" t="inlineStr">
         <is>
-          <t>7.2</t>
+          <t>7.1</t>
         </is>
       </c>
       <c r="F72" s="1" t="inlineStr">
         <is>
-          <t>6.5</t>
+          <t>6.3</t>
         </is>
       </c>
       <c r="G72" s="1" t="inlineStr">
         <is>
-          <t>6.1</t>
+          <t>5.7</t>
         </is>
       </c>
       <c r="H72" s="1" t="inlineStr">
         <is>
-          <t>6.2</t>
+          <t>6.9</t>
         </is>
       </c>
       <c r="I72" s="1" t="inlineStr">
         <is>
-          <t>5.7</t>
+          <t>5.0</t>
         </is>
       </c>
       <c r="J72" s="1" t="inlineStr">
         <is>
-          <t>5.7</t>
+          <t>5.2</t>
         </is>
       </c>
       <c r="K72" s="1" t="inlineStr">
         <is>
-          <t>G/SMFR</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>Gwynett</t>
+          <t>Melisandra (LA)</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>6.7</t>
         </is>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
-          <t>6.8</t>
+          <t>6.7</t>
         </is>
       </c>
       <c r="D73" s="1" t="inlineStr">
         <is>
           <t>6.7</t>
         </is>
       </c>
       <c r="E73" s="1" t="inlineStr">
         <is>
-          <t>7.1</t>
+          <t>6.9</t>
         </is>
       </c>
       <c r="F73" s="1" t="inlineStr">
         <is>
-          <t>6.7</t>
+          <t>7.0</t>
         </is>
       </c>
       <c r="G73" s="1" t="inlineStr">
         <is>
-          <t>7.4</t>
+          <t>7.5</t>
         </is>
       </c>
       <c r="H73" s="1" t="inlineStr">
         <is>
-          <t>5.6</t>
+          <t>4.7</t>
         </is>
       </c>
       <c r="I73" s="1" t="inlineStr">
         <is>
           <t>5.4</t>
         </is>
       </c>
       <c r="J73" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="K73" s="1" t="inlineStr">
         <is>
-          <t>G/DLF</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>Cleopatra</t>
+          <t>Dickens 1</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
+          <t>6.6</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
           <t>6.8</t>
         </is>
       </c>
-      <c r="C74" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="D74" s="1" t="inlineStr">
         <is>
           <t>6.7</t>
         </is>
       </c>
       <c r="E74" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>6.6</t>
         </is>
       </c>
       <c r="F74" s="1" t="inlineStr">
         <is>
-          <t>6.3</t>
+          <t>7.5</t>
         </is>
       </c>
       <c r="G74" s="1" t="inlineStr">
         <is>
-          <t>5.7</t>
+          <t>6.9</t>
         </is>
       </c>
       <c r="H74" s="1" t="inlineStr">
         <is>
-          <t>6.9</t>
+          <t>5.8</t>
         </is>
       </c>
       <c r="I74" s="1" t="inlineStr">
         <is>
-          <t>5.0</t>
+          <t>5.2</t>
         </is>
       </c>
       <c r="J74" s="1" t="inlineStr">
         <is>
-          <t>5.2</t>
+          <t>5.1</t>
         </is>
       </c>
       <c r="K74" s="1" t="inlineStr">
         <is>
-          <t>DLF</t>
+          <t>DLF/JNS</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>Melisandra (LA)</t>
+          <t>Acapulco (LA)</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>6.7</t>
         </is>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
           <t>6.7</t>
         </is>
       </c>
       <c r="D75" s="1" t="inlineStr">
         <is>
           <t>6.7</t>
         </is>
       </c>
       <c r="E75" s="1" t="inlineStr">
         <is>
-          <t>6.9</t>
+          <t>7.0</t>
         </is>
       </c>
       <c r="F75" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>7.1</t>
         </is>
       </c>
       <c r="G75" s="1" t="inlineStr">
         <is>
-          <t>7.4</t>
+          <t>7.5</t>
         </is>
       </c>
       <c r="H75" s="1" t="inlineStr">
         <is>
-          <t>4.7</t>
+          <t>6.0</t>
         </is>
       </c>
       <c r="I75" s="1" t="inlineStr">
         <is>
-          <t>5.4</t>
+          <t>6.0</t>
         </is>
       </c>
       <c r="J75" s="1" t="inlineStr">
         <is>
-          <t>5.4</t>
+          <t>5.9</t>
         </is>
       </c>
       <c r="K75" s="1" t="inlineStr">
         <is>
-          <t>DLF</t>
+          <t>DLF/MM</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>Dickens 1</t>
+          <t>Coldplay (LA)</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>6.6</t>
         </is>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
-          <t>6.8</t>
+          <t>6.7</t>
         </is>
       </c>
       <c r="D76" s="1" t="inlineStr">
         <is>
+          <t>6.6</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>7.3</t>
+        </is>
+      </c>
+      <c r="F76" s="1" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
           <t>6.7</t>
         </is>
       </c>
-      <c r="E76" s="1" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="I76" s="1" t="inlineStr">
         <is>
-          <t>5.2</t>
+          <t>5.6</t>
         </is>
       </c>
       <c r="J76" s="1" t="inlineStr">
         <is>
-          <t>5.1</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="K76" s="1" t="inlineStr">
         <is>
-          <t>DLF/JNS</t>
+          <t>RAGT</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>Acapulco (LA)</t>
+          <t>Meara</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
+          <t>6.6</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>6.6</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>6.6</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>6.3</t>
+        </is>
+      </c>
+      <c r="F77" s="1" t="inlineStr">
+        <is>
           <t>6.7</t>
         </is>
       </c>
-      <c r="C77" s="1" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="G77" s="1" t="inlineStr">
         <is>
-          <t>7.5</t>
+          <t>6.8</t>
         </is>
       </c>
       <c r="H77" s="1" t="inlineStr">
         <is>
           <t>6.0</t>
         </is>
       </c>
       <c r="I77" s="1" t="inlineStr">
         <is>
-          <t>6.0</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="J77" s="1" t="inlineStr">
         <is>
-          <t>5.9</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="K77" s="1" t="inlineStr">
         <is>
-          <t>DLF/MM</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>Guinevere (LA)</t>
+          <t>Lize</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>6.5</t>
+          <t>6.3</t>
         </is>
       </c>
       <c r="C78" s="1" t="inlineStr">
         <is>
           <t>6.8</t>
         </is>
       </c>
       <c r="D78" s="1" t="inlineStr">
         <is>
           <t>6.6</t>
         </is>
       </c>
       <c r="E78" s="1" t="inlineStr">
         <is>
-          <t>6.5</t>
+          <t>6.0</t>
         </is>
       </c>
       <c r="F78" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>6.9</t>
         </is>
       </c>
       <c r="G78" s="1" t="inlineStr">
         <is>
-          <t>6.9</t>
+          <t>6.6</t>
         </is>
       </c>
       <c r="H78" s="1" t="inlineStr">
         <is>
-          <t>5.7</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="I78" s="1" t="inlineStr">
         <is>
-          <t>6.1</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="J78" s="1" t="inlineStr">
         <is>
-          <t>7.1</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="K78" s="1" t="inlineStr">
         <is>
           <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>Lize</t>
+          <t>Singapore</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>6.3</t>
+          <t>6.5</t>
         </is>
       </c>
       <c r="C79" s="1" t="inlineStr">
         <is>
-          <t>6.8</t>
+          <t>6.6</t>
         </is>
       </c>
       <c r="D79" s="1" t="inlineStr">
         <is>
+          <t>6.5</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>6.9</t>
+        </is>
+      </c>
+      <c r="F79" s="1" t="inlineStr">
+        <is>
           <t>6.6</t>
         </is>
       </c>
-      <c r="E79" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F79" s="1" t="inlineStr">
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>7.1</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
         <is>
           <t>6.9</t>
         </is>
       </c>
-      <c r="G79" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="I79" s="1" t="inlineStr">
         <is>
-          <t>5.3</t>
+          <t>5.7</t>
         </is>
       </c>
       <c r="J79" s="1" t="inlineStr">
         <is>
-          <t>5.3</t>
+          <t>5.1</t>
         </is>
       </c>
       <c r="K79" s="1" t="inlineStr">
         <is>
-          <t>DLF</t>
+          <t>DLF/MM</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>Singapore</t>
+          <t>Tiril</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>6.5</t>
         </is>
       </c>
       <c r="C80" s="1" t="inlineStr">
         <is>
           <t>6.6</t>
         </is>
       </c>
       <c r="D80" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>6.5</t>
         </is>
       </c>
       <c r="E80" s="1" t="inlineStr">
         <is>
           <t>6.8</t>
         </is>
       </c>
       <c r="F80" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>6.7</t>
         </is>
       </c>
       <c r="G80" s="1" t="inlineStr">
         <is>
-          <t>7.1</t>
+          <t>7.0</t>
         </is>
       </c>
       <c r="H80" s="1" t="inlineStr">
         <is>
-          <t>6.9</t>
+          <t>6.8</t>
         </is>
       </c>
       <c r="I80" s="1" t="inlineStr">
         <is>
-          <t>5.7</t>
+          <t>5.6</t>
         </is>
       </c>
       <c r="J80" s="1" t="inlineStr">
         <is>
-          <t>5.2</t>
+          <t>5.8</t>
         </is>
       </c>
       <c r="K80" s="1" t="inlineStr">
         <is>
-          <t>DLF/MM</t>
+          <t>DLF/TG</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>Tiril</t>
+          <t>Amiata</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>6.5</t>
         </is>
       </c>
       <c r="C81" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>6.5</t>
         </is>
       </c>
       <c r="D81" s="1" t="inlineStr">
         <is>
           <t>6.5</t>
         </is>
       </c>
       <c r="E81" s="1" t="inlineStr">
         <is>
+          <t>6.3</t>
+        </is>
+      </c>
+      <c r="F81" s="1" t="inlineStr">
+        <is>
+          <t>7.1</t>
+        </is>
+      </c>
+      <c r="G81" s="1" t="inlineStr">
+        <is>
           <t>6.8</t>
         </is>
       </c>
-      <c r="F81" s="1" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="H81" s="1"/>
       <c r="I81" s="1" t="inlineStr">
         <is>
-          <t>5.6</t>
+          <t>5.2</t>
         </is>
       </c>
       <c r="J81" s="1" t="inlineStr">
         <is>
-          <t>5.8</t>
+          <t>6.2</t>
         </is>
       </c>
       <c r="K81" s="1" t="inlineStr">
         <is>
-          <t>DLF/TG</t>
+          <t>BAR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>Mercitwo</t>
+          <t>Torsion</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>6.6</t>
         </is>
       </c>
       <c r="C82" s="1" t="inlineStr">
         <is>
           <t>6.5</t>
         </is>
       </c>
       <c r="D82" s="1" t="inlineStr">
         <is>
           <t>6.5</t>
         </is>
       </c>
       <c r="E82" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>6.1</t>
         </is>
       </c>
       <c r="F82" s="1" t="inlineStr">
         <is>
-          <t>5.9</t>
+          <t>6.4</t>
         </is>
       </c>
       <c r="G82" s="1" t="inlineStr">
         <is>
-          <t>6.5</t>
+          <t>6.1</t>
         </is>
       </c>
       <c r="H82" s="1" t="inlineStr">
         <is>
-          <t>5.8</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="I82" s="1" t="inlineStr">
         <is>
-          <t>5.3</t>
+          <t>7.8</t>
         </is>
       </c>
       <c r="J82" s="1" t="inlineStr">
         <is>
-          <t>5.1</t>
+          <t>8.4</t>
         </is>
       </c>
       <c r="K82" s="1" t="inlineStr">
         <is>
-          <t>OAS/TG</t>
+          <t>ICL</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>Meara</t>
+          <t>Barsignum</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>6.5</t>
         </is>
       </c>
       <c r="C83" s="1" t="inlineStr">
         <is>
           <t>6.5</t>
         </is>
       </c>
       <c r="D83" s="1" t="inlineStr">
         <is>
           <t>6.5</t>
         </is>
       </c>
       <c r="E83" s="1" t="inlineStr">
         <is>
           <t>6.3</t>
         </is>
       </c>
       <c r="F83" s="1" t="inlineStr">
         <is>
-          <t>6.5</t>
+          <t>7.0</t>
         </is>
       </c>
       <c r="G83" s="1" t="inlineStr">
         <is>
-          <t>6.7</t>
+          <t>7.5</t>
         </is>
       </c>
       <c r="H83" s="1" t="inlineStr">
         <is>
-          <t>6.0</t>
+          <t>5.6</t>
         </is>
       </c>
       <c r="I83" s="1" t="inlineStr">
         <is>
           <t>5.3</t>
         </is>
       </c>
       <c r="J83" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
+          <t>6.3</t>
         </is>
       </c>
       <c r="K83" s="1" t="inlineStr">
         <is>
-          <t>DLF</t>
+          <t>BAR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>Torsion</t>
+          <t>Mercitwo</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>6.5</t>
         </is>
       </c>
       <c r="C84" s="1" t="inlineStr">
         <is>
           <t>6.5</t>
         </is>
       </c>
       <c r="D84" s="1" t="inlineStr">
         <is>
           <t>6.5</t>
         </is>
       </c>
       <c r="E84" s="1" t="inlineStr">
         <is>
-          <t>6.1</t>
+          <t>6.8</t>
         </is>
       </c>
       <c r="F84" s="1" t="inlineStr">
         <is>
+          <t>5.9</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
           <t>6.4</t>
         </is>
       </c>
-      <c r="G84" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="H84" s="1" t="inlineStr">
         <is>
-          <t>5.4</t>
+          <t>5.8</t>
         </is>
       </c>
       <c r="I84" s="1" t="inlineStr">
         <is>
-          <t>7.8</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="J84" s="1" t="inlineStr">
         <is>
-          <t>8.4</t>
+          <t>5.1</t>
         </is>
       </c>
       <c r="K84" s="1" t="inlineStr">
         <is>
-          <t>ICL</t>
+          <t>OAS/TG</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>Barsignum</t>
+          <t>Shazam</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
+          <t>6.4</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
           <t>6.5</t>
         </is>
       </c>
-      <c r="C85" s="1" t="inlineStr">
+      <c r="D85" s="1" t="inlineStr">
         <is>
           <t>6.5</t>
         </is>
       </c>
-      <c r="D85" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E85" s="1" t="inlineStr">
         <is>
-          <t>6.3</t>
+          <t>7.1</t>
         </is>
       </c>
       <c r="F85" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>7.1</t>
         </is>
       </c>
       <c r="G85" s="1" t="inlineStr">
         <is>
-          <t>7.5</t>
+          <t>6.9</t>
         </is>
       </c>
       <c r="H85" s="1" t="inlineStr">
         <is>
+          <t>5.9</t>
+        </is>
+      </c>
+      <c r="I85" s="1" t="inlineStr">
+        <is>
           <t>5.6</t>
         </is>
       </c>
-      <c r="I85" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="J85" s="1" t="inlineStr">
         <is>
-          <t>6.3</t>
+          <t>5.6</t>
         </is>
       </c>
       <c r="K85" s="1" t="inlineStr">
         <is>
-          <t>BAR</t>
+          <t>RAGT</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>Shazam</t>
+          <t>Morisot</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
+          <t>6.2</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>6.6</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
           <t>6.4</t>
         </is>
       </c>
-      <c r="C86" s="1" t="inlineStr">
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>6.3</t>
+        </is>
+      </c>
+      <c r="F86" s="1" t="inlineStr">
         <is>
           <t>6.5</t>
         </is>
       </c>
-      <c r="D86" s="1" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="G86" s="1" t="inlineStr">
         <is>
-          <t>6.9</t>
+          <t>6.4</t>
         </is>
       </c>
       <c r="H86" s="1" t="inlineStr">
         <is>
-          <t>5.9</t>
+          <t>6.0</t>
         </is>
       </c>
       <c r="I86" s="1" t="inlineStr">
         <is>
-          <t>5.6</t>
+          <t>5.1</t>
         </is>
       </c>
       <c r="J86" s="1" t="inlineStr">
         <is>
-          <t>5.6</t>
+          <t>5.1</t>
         </is>
       </c>
       <c r="K86" s="1" t="inlineStr">
         <is>
-          <t>RAGT</t>
+          <t>OAS/TG</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>Greenway</t>
+          <t>Roseanne</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>6.5</t>
+          <t>6.4</t>
         </is>
       </c>
       <c r="C87" s="1" t="inlineStr">
         <is>
           <t>6.4</t>
         </is>
       </c>
       <c r="D87" s="1" t="inlineStr">
         <is>
           <t>6.4</t>
         </is>
       </c>
       <c r="E87" s="1" t="inlineStr">
         <is>
-          <t>6.0</t>
+          <t>6.8</t>
         </is>
       </c>
       <c r="F87" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>6.9</t>
         </is>
       </c>
       <c r="G87" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>6.8</t>
         </is>
       </c>
       <c r="H87" s="1" t="inlineStr">
         <is>
-          <t>6.1</t>
+          <t>6.8</t>
         </is>
       </c>
       <c r="I87" s="1" t="inlineStr">
         <is>
-          <t>6.2</t>
+          <t>5.2</t>
         </is>
       </c>
       <c r="J87" s="1" t="inlineStr">
         <is>
-          <t>5.8</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="K87" s="1" t="inlineStr">
         <is>
-          <t>OAS/TG</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>Morisot</t>
+          <t>Alboka</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>6.2</t>
+          <t>6.4</t>
         </is>
       </c>
       <c r="C88" s="1" t="inlineStr">
         <is>
+          <t>6.4</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>6.4</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>6.3</t>
+        </is>
+      </c>
+      <c r="F88" s="1" t="inlineStr">
+        <is>
           <t>6.6</t>
         </is>
       </c>
-      <c r="D88" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F88" s="1" t="inlineStr">
+      <c r="G88" s="1" t="inlineStr">
+        <is>
+          <t>6.5</t>
+        </is>
+      </c>
+      <c r="H88" s="1" t="inlineStr">
+        <is>
+          <t>6.9</t>
+        </is>
+      </c>
+      <c r="I88" s="1" t="inlineStr">
         <is>
           <t>6.6</t>
         </is>
       </c>
-      <c r="G88" s="1" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="J88" s="1" t="inlineStr">
         <is>
-          <t>5.1</t>
+          <t>6.6</t>
         </is>
       </c>
       <c r="K88" s="1" t="inlineStr">
         <is>
-          <t>OAS/TG</t>
+          <t>RAGT/BAR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>Creepstar</t>
+          <t>Greenway</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>6.4</t>
         </is>
       </c>
       <c r="C89" s="1" t="inlineStr">
         <is>
+          <t>6.3</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
           <t>6.4</t>
         </is>
       </c>
-      <c r="D89" s="1" t="inlineStr">
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>6.0</t>
+        </is>
+      </c>
+      <c r="F89" s="1" t="inlineStr">
         <is>
           <t>6.4</t>
         </is>
       </c>
-      <c r="E89" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="G89" s="1" t="inlineStr">
         <is>
-          <t>6.7</t>
+          <t>6.8</t>
         </is>
       </c>
       <c r="H89" s="1" t="inlineStr">
         <is>
-          <t>6.0</t>
+          <t>6.1</t>
         </is>
       </c>
       <c r="I89" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>6.1</t>
         </is>
       </c>
       <c r="J89" s="1" t="inlineStr">
         <is>
-          <t>7.4</t>
+          <t>5.8</t>
         </is>
       </c>
       <c r="K89" s="1" t="inlineStr">
         <is>
-          <t>OAS/TG</t>
+          <t>SUT/TG</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>Roseanne</t>
+          <t>Turfdreamer</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>6.5</t>
         </is>
       </c>
       <c r="C90" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>6.2</t>
         </is>
       </c>
       <c r="D90" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>6.3</t>
         </is>
       </c>
       <c r="E90" s="1" t="inlineStr">
         <is>
+          <t>6.0</t>
+        </is>
+      </c>
+      <c r="F90" s="1" t="inlineStr">
+        <is>
+          <t>6.3</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>5.8</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I90" s="1" t="inlineStr">
+        <is>
+          <t>6.2</t>
+        </is>
+      </c>
+      <c r="J90" s="1" t="inlineStr">
+        <is>
           <t>6.8</t>
         </is>
       </c>
-      <c r="F90" s="1" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="K90" s="1" t="inlineStr">
         <is>
-          <t>DLF</t>
+          <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>Alboka</t>
+          <t>Greensky</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
+          <t>6.3</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>6.3</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>6.3</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
           <t>6.4</t>
         </is>
       </c>
-      <c r="C91" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E91" s="1" t="inlineStr">
+      <c r="F91" s="1" t="inlineStr">
         <is>
           <t>6.2</t>
         </is>
       </c>
-      <c r="F91" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G91" s="1" t="inlineStr">
         <is>
-          <t>6.5</t>
+          <t>5.9</t>
         </is>
       </c>
       <c r="H91" s="1" t="inlineStr">
         <is>
-          <t>6.9</t>
+          <t>6.1</t>
         </is>
       </c>
       <c r="I91" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="J91" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>5.2</t>
         </is>
       </c>
       <c r="K91" s="1" t="inlineStr">
         <is>
-          <t>RAGT/BAR</t>
+          <t>OAS/TG</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>Turfdreamer LA)</t>
+          <t>Clementine</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>6.5</t>
+          <t>6.3</t>
         </is>
       </c>
       <c r="C92" s="1" t="inlineStr">
         <is>
-          <t>6.2</t>
+          <t>6.3</t>
         </is>
       </c>
       <c r="D92" s="1" t="inlineStr">
         <is>
           <t>6.3</t>
         </is>
       </c>
       <c r="E92" s="1" t="inlineStr">
         <is>
-          <t>5.9</t>
+          <t>6.9</t>
         </is>
       </c>
       <c r="F92" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>6.6</t>
         </is>
       </c>
       <c r="G92" s="1" t="inlineStr">
         <is>
-          <t>5.8</t>
+          <t>7.0</t>
         </is>
       </c>
       <c r="H92" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>5.7</t>
         </is>
       </c>
       <c r="I92" s="1" t="inlineStr">
         <is>
-          <t>6.2</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="J92" s="1" t="inlineStr">
         <is>
-          <t>6.8</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="K92" s="1" t="inlineStr">
         <is>
-          <t>DSV</t>
+          <t>DLF/JNS/TG</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>Greensky</t>
+          <t>Zurich</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
           <t>6.3</t>
         </is>
       </c>
       <c r="C93" s="1" t="inlineStr">
         <is>
-          <t>6.3</t>
+          <t>6.1</t>
         </is>
       </c>
       <c r="D93" s="1" t="inlineStr">
         <is>
-          <t>6.3</t>
+          <t>6.2</t>
         </is>
       </c>
       <c r="E93" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>5.2</t>
         </is>
       </c>
       <c r="F93" s="1" t="inlineStr">
         <is>
-          <t>6.3</t>
+          <t>5.8</t>
         </is>
       </c>
       <c r="G93" s="1" t="inlineStr">
         <is>
-          <t>5.9</t>
+          <t>5.1</t>
         </is>
       </c>
       <c r="H93" s="1" t="inlineStr">
         <is>
-          <t>6.1</t>
+          <t>5.2</t>
         </is>
       </c>
       <c r="I93" s="1" t="inlineStr">
         <is>
+          <t>6.0</t>
+        </is>
+      </c>
+      <c r="J93" s="1" t="inlineStr">
+        <is>
           <t>5.4</t>
         </is>
       </c>
-      <c r="J93" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K93" s="1" t="inlineStr">
         <is>
-          <t>OAS/TG</t>
+          <t>G</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>Clementine</t>
+          <t>Hecata (LA)</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
           <t>6.3</t>
         </is>
       </c>
       <c r="C94" s="1" t="inlineStr">
         <is>
-          <t>6.3</t>
+          <t>6.1</t>
         </is>
       </c>
       <c r="D94" s="1" t="inlineStr">
         <is>
-          <t>6.3</t>
+          <t>6.2</t>
         </is>
       </c>
       <c r="E94" s="1" t="inlineStr">
         <is>
-          <t>6.9</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="F94" s="1" t="inlineStr">
         <is>
           <t>6.6</t>
         </is>
       </c>
       <c r="G94" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>6.6</t>
         </is>
       </c>
       <c r="H94" s="1" t="inlineStr">
         <is>
-          <t>5.7</t>
+          <t>5.9</t>
         </is>
       </c>
       <c r="I94" s="1" t="inlineStr">
         <is>
-          <t>5.4</t>
+          <t>7.6</t>
         </is>
       </c>
       <c r="J94" s="1" t="inlineStr">
         <is>
-          <t>5.4</t>
+          <t>7.4</t>
         </is>
       </c>
       <c r="K94" s="1" t="inlineStr">
         <is>
-          <t>DLF/JNS/TG</t>
+          <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>Zurich</t>
+          <t>Essence</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
+          <t>6.4</t>
+        </is>
+      </c>
+      <c r="C95" s="1" t="inlineStr">
+        <is>
+          <t>5.9</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>6.1</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>5.3</t>
+        </is>
+      </c>
+      <c r="F95" s="1" t="inlineStr">
+        <is>
+          <t>6.5</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
           <t>6.3</t>
         </is>
       </c>
-      <c r="C95" s="1" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="H95" s="1" t="inlineStr">
         <is>
-          <t>5.2</t>
+          <t>4.7</t>
         </is>
       </c>
       <c r="I95" s="1" t="inlineStr">
         <is>
+          <t>6.5</t>
+        </is>
+      </c>
+      <c r="J95" s="1" t="inlineStr">
+        <is>
           <t>6.0</t>
         </is>
       </c>
-      <c r="J95" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K95" s="1" t="inlineStr">
         <is>
-          <t>G</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>Hecata (LA)</t>
+          <t>Escapade</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
+          <t>5.9</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t>6.2</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>6.1</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
           <t>6.3</t>
         </is>
       </c>
-      <c r="C96" s="1" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="F96" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>6.3</t>
         </is>
       </c>
       <c r="G96" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>7.4</t>
         </is>
       </c>
       <c r="H96" s="1" t="inlineStr">
         <is>
-          <t>5.9</t>
+          <t>4.5</t>
         </is>
       </c>
       <c r="I96" s="1" t="inlineStr">
         <is>
-          <t>7.6</t>
+          <t>5.8</t>
         </is>
       </c>
       <c r="J96" s="1" t="inlineStr">
         <is>
-          <t>7.4</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="K96" s="1" t="inlineStr">
         <is>
-          <t>DSV</t>
+          <t>G/SMFR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>Escapade</t>
+          <t>Vertech</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
           <t>6.1</t>
         </is>
       </c>
       <c r="C97" s="1" t="inlineStr">
         <is>
-          <t>6.3</t>
+          <t>6.1</t>
         </is>
       </c>
       <c r="D97" s="1" t="inlineStr">
         <is>
+          <t>6.1</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>5.8</t>
+        </is>
+      </c>
+      <c r="F97" s="1" t="inlineStr">
+        <is>
+          <t>5.7</t>
+        </is>
+      </c>
+      <c r="G97" s="1" t="inlineStr">
+        <is>
+          <t>6.4</t>
+        </is>
+      </c>
+      <c r="H97" s="1" t="inlineStr">
+        <is>
+          <t>5.1</t>
+        </is>
+      </c>
+      <c r="I97" s="1" t="inlineStr">
+        <is>
+          <t>5.8</t>
+        </is>
+      </c>
+      <c r="J97" s="1" t="inlineStr">
+        <is>
           <t>6.2</t>
         </is>
       </c>
-      <c r="E97" s="1" t="inlineStr">
-[...28 lines deleted...]
-      </c>
       <c r="K97" s="1" t="inlineStr">
         <is>
-          <t>G/SMFR</t>
+          <t>G/FF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>Essence</t>
+          <t>Vernon (LA)</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
+          <t>6.1</t>
+        </is>
+      </c>
+      <c r="C98" s="1" t="inlineStr">
+        <is>
+          <t>6.0</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>6.0</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>5.9</t>
+        </is>
+      </c>
+      <c r="F98" s="1" t="inlineStr">
+        <is>
           <t>6.4</t>
         </is>
       </c>
-      <c r="C98" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="F98" s="1" t="inlineStr">
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>6.2</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>5.9</t>
+        </is>
+      </c>
+      <c r="I98" s="1" t="inlineStr">
+        <is>
+          <t>6.4</t>
+        </is>
+      </c>
+      <c r="J98" s="1" t="inlineStr">
         <is>
           <t>6.5</t>
         </is>
       </c>
-      <c r="G98" s="1" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="K98" s="1" t="inlineStr">
         <is>
-          <t>DLF</t>
+          <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>Vertech</t>
+          <t>Fandango</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
           <t>6.1</t>
         </is>
       </c>
       <c r="C99" s="1" t="inlineStr">
         <is>
+          <t>5.9</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>6.0</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>6.4</t>
+        </is>
+      </c>
+      <c r="F99" s="1" t="inlineStr">
+        <is>
+          <t>5.9</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
+        <is>
+          <t>5.7</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
+        <is>
           <t>6.1</t>
         </is>
       </c>
-      <c r="D99" s="1" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="I99" s="1" t="inlineStr">
         <is>
-          <t>5.9</t>
+          <t>6.2</t>
         </is>
       </c>
       <c r="J99" s="1" t="inlineStr">
         <is>
           <t>6.2</t>
         </is>
       </c>
       <c r="K99" s="1" t="inlineStr">
         <is>
-          <t>G/FF</t>
+          <t>BAR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>Vernon (LA)</t>
+          <t>Lautrec</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
+          <t>5.9</t>
+        </is>
+      </c>
+      <c r="C100" s="1" t="inlineStr">
+        <is>
           <t>6.1</t>
         </is>
       </c>
-      <c r="C100" s="1" t="inlineStr">
+      <c r="D100" s="1" t="inlineStr">
         <is>
           <t>6.0</t>
         </is>
       </c>
-      <c r="D100" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E100" s="1" t="inlineStr">
         <is>
-          <t>5.9</t>
+          <t>6.2</t>
         </is>
       </c>
       <c r="F100" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>6.3</t>
         </is>
       </c>
       <c r="G100" s="1" t="inlineStr">
         <is>
-          <t>6.2</t>
+          <t>6.6</t>
         </is>
       </c>
       <c r="H100" s="1" t="inlineStr">
         <is>
-          <t>5.9</t>
+          <t>6.5</t>
         </is>
       </c>
       <c r="I100" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>5.8</t>
         </is>
       </c>
       <c r="J100" s="1" t="inlineStr">
         <is>
-          <t>6.5</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="K100" s="1" t="inlineStr">
         <is>
-          <t>DSV</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>Antonella</t>
+          <t>Lyanna (LA)</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
+          <t>5.8</t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
           <t>6.1</t>
         </is>
       </c>
-      <c r="C101" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="D101" s="1" t="inlineStr">
         <is>
           <t>6.0</t>
         </is>
       </c>
       <c r="E101" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>6.2</t>
         </is>
       </c>
       <c r="F101" s="1" t="inlineStr">
         <is>
-          <t>6.1</t>
+          <t>6.3</t>
         </is>
       </c>
       <c r="G101" s="1" t="inlineStr">
         <is>
-          <t>6.7</t>
+          <t>6.8</t>
         </is>
       </c>
       <c r="H101" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="I101" s="1" t="inlineStr">
         <is>
-          <t>5.6</t>
+          <t>5.2</t>
         </is>
       </c>
       <c r="J101" s="1" t="inlineStr">
         <is>
-          <t>6.0</t>
+          <t>4.7</t>
         </is>
       </c>
       <c r="K101" s="1" t="inlineStr">
         <is>
-          <t>TG</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>Fandango</t>
+          <t>Verspeed</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>6.1</t>
+          <t>6.0</t>
         </is>
       </c>
       <c r="C102" s="1" t="inlineStr">
         <is>
           <t>5.9</t>
         </is>
       </c>
       <c r="D102" s="1" t="inlineStr">
         <is>
+          <t>5.9</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>5.4</t>
+        </is>
+      </c>
+      <c r="F102" s="1" t="inlineStr">
+        <is>
+          <t>6.3</t>
+        </is>
+      </c>
+      <c r="G102" s="1" t="inlineStr">
+        <is>
+          <t>5.8</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="inlineStr">
+        <is>
           <t>6.0</t>
         </is>
       </c>
-      <c r="E102" s="1" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="I102" s="1" t="inlineStr">
         <is>
+          <t>6.9</t>
+        </is>
+      </c>
+      <c r="J102" s="1" t="inlineStr">
+        <is>
           <t>6.3</t>
         </is>
       </c>
-      <c r="J102" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K102" s="1" t="inlineStr">
         <is>
-          <t>BAR</t>
+          <t>FF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>Lautrec</t>
+          <t>Platinum</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
+          <t>6.4</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
+        <is>
+          <t>5.5</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
           <t>5.9</t>
         </is>
       </c>
-      <c r="C103" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D103" s="1" t="inlineStr">
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>5.5</t>
+        </is>
+      </c>
+      <c r="F103" s="1" t="inlineStr">
+        <is>
+          <t>5.1</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
+        <is>
+          <t>4.5</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="inlineStr">
         <is>
           <t>6.0</t>
         </is>
       </c>
-      <c r="E103" s="1" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="I103" s="1" t="inlineStr">
         <is>
-          <t>5.8</t>
+          <t>7.2</t>
         </is>
       </c>
       <c r="J103" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
+          <t>6.4</t>
         </is>
       </c>
       <c r="K103" s="1" t="inlineStr">
         <is>
           <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>Platinum</t>
+          <t>Evaine (LA)</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>5.9</t>
         </is>
       </c>
       <c r="C104" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
+          <t>5.9</t>
         </is>
       </c>
       <c r="D104" s="1" t="inlineStr">
         <is>
           <t>5.9</t>
         </is>
       </c>
       <c r="E104" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
+          <t>6.2</t>
         </is>
       </c>
       <c r="F104" s="1" t="inlineStr">
         <is>
-          <t>5.2</t>
+          <t>6.8</t>
         </is>
       </c>
       <c r="G104" s="1" t="inlineStr">
         <is>
-          <t>4.6</t>
+          <t>7.0</t>
         </is>
       </c>
       <c r="H104" s="1" t="inlineStr">
         <is>
-          <t>6.0</t>
+          <t>6.8</t>
         </is>
       </c>
       <c r="I104" s="1" t="inlineStr">
         <is>
-          <t>7.3</t>
+          <t>4.9</t>
         </is>
       </c>
       <c r="J104" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>6.1</t>
         </is>
       </c>
       <c r="K104" s="1" t="inlineStr">
         <is>
           <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>Transate</t>
+          <t>Barprium</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
           <t>5.9</t>
         </is>
       </c>
       <c r="C105" s="1" t="inlineStr">
         <is>
-          <t>5.8</t>
+          <t>5.9</t>
         </is>
       </c>
       <c r="D105" s="1" t="inlineStr">
         <is>
           <t>5.9</t>
         </is>
       </c>
       <c r="E105" s="1" t="inlineStr">
         <is>
-          <t>5.6</t>
+          <t>6.4</t>
         </is>
       </c>
       <c r="F105" s="1" t="inlineStr">
         <is>
-          <t>5.7</t>
+          <t>6.6</t>
         </is>
       </c>
       <c r="G105" s="1" t="inlineStr">
         <is>
+          <t>6.7</t>
+        </is>
+      </c>
+      <c r="H105" s="1" t="inlineStr">
+        <is>
+          <t>6.1</t>
+        </is>
+      </c>
+      <c r="I105" s="1" t="inlineStr">
+        <is>
           <t>5.4</t>
         </is>
       </c>
-      <c r="H105" s="1" t="inlineStr">
+      <c r="J105" s="1" t="inlineStr">
         <is>
           <t>6.9</t>
         </is>
       </c>
-      <c r="I105" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="K105" s="1" t="inlineStr">
         <is>
-          <t>DSV</t>
+          <t>BAR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>Barprium</t>
+          <t>Transate</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
+          <t>6.0</t>
+        </is>
+      </c>
+      <c r="C106" s="1" t="inlineStr">
+        <is>
           <t>5.8</t>
         </is>
       </c>
-      <c r="C106" s="1" t="inlineStr">
+      <c r="D106" s="1" t="inlineStr">
         <is>
           <t>5.9</t>
         </is>
       </c>
-      <c r="D106" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E106" s="1" t="inlineStr">
         <is>
-          <t>6.7</t>
+          <t>5.6</t>
         </is>
       </c>
       <c r="F106" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>5.6</t>
         </is>
       </c>
       <c r="G106" s="1" t="inlineStr">
         <is>
-          <t>6.7</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="H106" s="1" t="inlineStr">
         <is>
+          <t>6.9</t>
+        </is>
+      </c>
+      <c r="I106" s="1" t="inlineStr">
+        <is>
           <t>6.1</t>
         </is>
       </c>
-      <c r="I106" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="J106" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>6.1</t>
         </is>
       </c>
       <c r="K106" s="1" t="inlineStr">
         <is>
-          <t>BAR</t>
+          <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>Jubilee EG</t>
+          <t>Bella (LA)</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
+          <t>5.7</t>
+        </is>
+      </c>
+      <c r="C107" s="1" t="inlineStr">
+        <is>
+          <t>5.9</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
           <t>5.8</t>
         </is>
       </c>
-      <c r="C107" s="1" t="inlineStr">
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>6.3</t>
+        </is>
+      </c>
+      <c r="F107" s="1" t="inlineStr">
+        <is>
+          <t>6.1</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
+        <is>
+          <t>6.7</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
+        <is>
+          <t>6.6</t>
+        </is>
+      </c>
+      <c r="I107" s="1" t="inlineStr">
         <is>
           <t>5.6</t>
         </is>
       </c>
-      <c r="D107" s="1" t="inlineStr">
-[...28 lines deleted...]
-      </c>
       <c r="J107" s="1" t="inlineStr">
         <is>
-          <t>6.5</t>
+          <t>6.4</t>
         </is>
       </c>
       <c r="K107" s="1" t="inlineStr">
         <is>
-          <t>DSV</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="inlineStr">
         <is>
           <t>Pascal</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
           <t>5.7</t>
         </is>
       </c>
       <c r="C108" s="1" t="inlineStr">
         <is>
           <t>5.7</t>
         </is>
       </c>
       <c r="D108" s="1" t="inlineStr">
         <is>
           <t>5.7</t>
         </is>
       </c>
       <c r="E108" s="1" t="inlineStr">
         <is>
-          <t>5.6</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="F108" s="1" t="inlineStr">
         <is>
           <t>5.9</t>
         </is>
       </c>
       <c r="G108" s="1" t="inlineStr">
         <is>
           <t>5.3</t>
         </is>
       </c>
       <c r="H108" s="1" t="inlineStr">
         <is>
           <t>6.5</t>
         </is>
       </c>
       <c r="I108" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>6.5</t>
         </is>
       </c>
       <c r="J108" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>6.3</t>
         </is>
       </c>
       <c r="K108" s="1" t="inlineStr">
         <is>
           <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>Esquire</t>
+          <t>Jubilee EG</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>5.8</t>
+          <t>5.7</t>
         </is>
       </c>
       <c r="C109" s="1" t="inlineStr">
         <is>
+          <t>5.6</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>5.7</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>5.5</t>
+        </is>
+      </c>
+      <c r="F109" s="1" t="inlineStr">
+        <is>
+          <t>5.7</t>
+        </is>
+      </c>
+      <c r="G109" s="1" t="inlineStr">
+        <is>
+          <t>5.5</t>
+        </is>
+      </c>
+      <c r="H109" s="1" t="inlineStr">
+        <is>
           <t>5.4</t>
         </is>
       </c>
-      <c r="D109" s="1" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="I109" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>6.2</t>
         </is>
       </c>
       <c r="J109" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>6.4</t>
         </is>
       </c>
       <c r="K109" s="1" t="inlineStr">
         <is>
-          <t>DLF</t>
+          <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>Mistral</t>
+          <t>Esquire</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
+          <t>5.8</t>
         </is>
       </c>
       <c r="C110" s="1" t="inlineStr">
         <is>
-          <t>5.7</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="D110" s="1" t="inlineStr">
         <is>
           <t>5.6</t>
         </is>
       </c>
       <c r="E110" s="1" t="inlineStr">
         <is>
-          <t>4.5</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="F110" s="1" t="inlineStr">
         <is>
-          <t>5.2</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="G110" s="1" t="inlineStr">
         <is>
-          <t>5.3</t>
+          <t>4.9</t>
         </is>
       </c>
       <c r="H110" s="1" t="inlineStr">
         <is>
-          <t>6.8</t>
+          <t>6.0</t>
         </is>
       </c>
       <c r="I110" s="1" t="inlineStr">
         <is>
-          <t>8.2</t>
+          <t>7.0</t>
         </is>
       </c>
       <c r="J110" s="1" t="inlineStr">
         <is>
-          <t>8.0</t>
+          <t>7.0</t>
         </is>
       </c>
       <c r="K110" s="1" t="inlineStr">
         <is>
-          <t>ICL</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>Agreement</t>
+          <t>Mistral</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
           <t>5.5</t>
         </is>
       </c>
       <c r="C111" s="1" t="inlineStr">
         <is>
+          <t>5.7</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
           <t>5.6</t>
         </is>
       </c>
-      <c r="D111" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E111" s="1" t="inlineStr">
         <is>
-          <t>5.1</t>
+          <t>4.5</t>
         </is>
       </c>
       <c r="F111" s="1" t="inlineStr">
         <is>
-          <t>5.9</t>
+          <t>5.2</t>
         </is>
       </c>
       <c r="G111" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="H111" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>6.8</t>
         </is>
       </c>
       <c r="I111" s="1" t="inlineStr">
         <is>
-          <t>6.5</t>
+          <t>8.2</t>
         </is>
       </c>
       <c r="J111" s="1" t="inlineStr">
         <is>
-          <t>6.1</t>
+          <t>8.0</t>
         </is>
       </c>
       <c r="K111" s="1" t="inlineStr">
         <is>
-          <t>G/FF</t>
+          <t>ICL</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>Greenplanet</t>
+          <t>Agreement</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>5.4</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="C112" s="1" t="inlineStr">
         <is>
           <t>5.5</t>
         </is>
       </c>
       <c r="D112" s="1" t="inlineStr">
         <is>
           <t>5.5</t>
         </is>
       </c>
       <c r="E112" s="1" t="inlineStr">
         <is>
-          <t>4.8</t>
+          <t>5.1</t>
         </is>
       </c>
       <c r="F112" s="1" t="inlineStr">
         <is>
-          <t>5.1</t>
+          <t>5.9</t>
         </is>
       </c>
       <c r="G112" s="1" t="inlineStr">
         <is>
-          <t>5.1</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="H112" s="1" t="inlineStr">
         <is>
-          <t>7.4</t>
+          <t>6.4</t>
         </is>
       </c>
       <c r="I112" s="1" t="inlineStr">
         <is>
-          <t>8.0</t>
+          <t>6.5</t>
         </is>
       </c>
       <c r="J112" s="1" t="inlineStr">
         <is>
-          <t>8.2</t>
+          <t>6.1</t>
         </is>
       </c>
       <c r="K112" s="1" t="inlineStr">
         <is>
-          <t>ICL</t>
+          <t>G/FF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>Turfgold</t>
+          <t>Greenplanet</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>5.3</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="C113" s="1" t="inlineStr">
         <is>
-          <t>5.2</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="D113" s="1" t="inlineStr">
         <is>
-          <t>5.3</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="E113" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
+          <t>4.8</t>
         </is>
       </c>
       <c r="F113" s="1" t="inlineStr">
         <is>
-          <t>5.2</t>
+          <t>5.1</t>
         </is>
       </c>
       <c r="G113" s="1" t="inlineStr">
         <is>
-          <t>5.0</t>
+          <t>5.1</t>
         </is>
       </c>
       <c r="H113" s="1" t="inlineStr">
         <is>
-          <t>6.2</t>
+          <t>7.4</t>
         </is>
       </c>
       <c r="I113" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>8.0</t>
         </is>
       </c>
       <c r="J113" s="1" t="inlineStr">
         <is>
-          <t>6.8</t>
+          <t>8.2</t>
         </is>
       </c>
       <c r="K113" s="1" t="inlineStr">
         <is>
-          <t>DSV</t>
+          <t>ICL</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>Fancy</t>
+          <t>Turfgold</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>5.4</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="C114" s="1" t="inlineStr">
         <is>
-          <t>4.9</t>
+          <t>5.2</t>
         </is>
       </c>
       <c r="D114" s="1" t="inlineStr">
         <is>
-          <t>5.2</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="E114" s="1" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="F114" s="1" t="inlineStr">
         <is>
-          <t>4.9</t>
+          <t>5.1</t>
         </is>
       </c>
       <c r="G114" s="1" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H114" s="1" t="inlineStr">
         <is>
-          <t>6.0</t>
+          <t>6.2</t>
         </is>
       </c>
       <c r="I114" s="1" t="inlineStr">
         <is>
-          <t>6.9</t>
+          <t>7.0</t>
         </is>
       </c>
       <c r="J114" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
+          <t>6.8</t>
         </is>
       </c>
       <c r="K114" s="1" t="inlineStr">
         <is>
-          <t>FF</t>
+          <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="inlineStr">
         <is>
           <t>Passion</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
           <t>5.1</t>
         </is>
       </c>
       <c r="C115" s="1" t="inlineStr">
         <is>
           <t>5.3</t>
         </is>
       </c>
       <c r="D115" s="1" t="inlineStr">
         <is>
           <t>5.2</t>
         </is>
       </c>
       <c r="E115" s="1" t="inlineStr">
@@ -6681,158 +6677,777 @@
       </c>
       <c r="H115" s="1" t="inlineStr">
         <is>
           <t>7.3</t>
         </is>
       </c>
       <c r="I115" s="1" t="inlineStr">
         <is>
           <t>5.9</t>
         </is>
       </c>
       <c r="J115" s="1" t="inlineStr">
         <is>
           <t>6.0</t>
         </is>
       </c>
       <c r="K115" s="1" t="inlineStr">
         <is>
           <t>DLF/MM</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>Groundforce</t>
+          <t>Fancy</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>4.7</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="C116" s="1" t="inlineStr">
         <is>
           <t>4.9</t>
         </is>
       </c>
       <c r="D116" s="1" t="inlineStr">
         <is>
-          <t>4.8</t>
+          <t>5.1</t>
         </is>
       </c>
       <c r="E116" s="1" t="inlineStr">
         <is>
-          <t>5.4</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="F116" s="1" t="inlineStr">
         <is>
-          <t>5.7</t>
+          <t>4.9</t>
         </is>
       </c>
       <c r="G116" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>5.0</t>
         </is>
       </c>
       <c r="H116" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>6.0</t>
         </is>
       </c>
       <c r="I116" s="1" t="inlineStr">
         <is>
-          <t>5.2</t>
+          <t>6.9</t>
         </is>
       </c>
       <c r="J116" s="1" t="inlineStr">
         <is>
-          <t>5.7</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="K116" s="1" t="inlineStr">
         <is>
-          <t>ICL</t>
+          <t>FF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="inlineStr">
         <is>
+          <t>Groundforce</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>4.6</t>
+        </is>
+      </c>
+      <c r="C117" s="1" t="inlineStr">
+        <is>
+          <t>4.9</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>4.8</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>5.2</t>
+        </is>
+      </c>
+      <c r="F117" s="1" t="inlineStr">
+        <is>
+          <t>5.6</t>
+        </is>
+      </c>
+      <c r="G117" s="1" t="inlineStr">
+        <is>
+          <t>6.5</t>
+        </is>
+      </c>
+      <c r="H117" s="1" t="inlineStr">
+        <is>
+          <t>6.4</t>
+        </is>
+      </c>
+      <c r="I117" s="1" t="inlineStr">
+        <is>
+          <t>5.3</t>
+        </is>
+      </c>
+      <c r="J117" s="1" t="inlineStr">
+        <is>
+          <t>5.6</t>
+        </is>
+      </c>
+      <c r="K117" s="1" t="inlineStr">
+        <is>
+          <t>ICL</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>Haku (LA)</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>7.3</t>
+        </is>
+      </c>
+      <c r="C118" s="1" t="inlineStr">
+        <is>
+          <t>7.5</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>7.4</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>7.4</t>
+        </is>
+      </c>
+      <c r="F118" s="1" t="inlineStr">
+        <is>
+          <t>7.8</t>
+        </is>
+      </c>
+      <c r="G118" s="1" t="inlineStr">
+        <is>
+          <t>7.8</t>
+        </is>
+      </c>
+      <c r="H118" s="1" t="inlineStr">
+        <is>
+          <t>5.1</t>
+        </is>
+      </c>
+      <c r="I118" s="1" t="inlineStr">
+        <is>
+          <t>5.2</t>
+        </is>
+      </c>
+      <c r="J118" s="1" t="inlineStr">
+        <is>
+          <t>5.4</t>
+        </is>
+      </c>
+      <c r="K118" s="1" t="inlineStr">
+        <is>
+          <t>DLF</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>Sansa (LA)</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>7.1</t>
+        </is>
+      </c>
+      <c r="C119" s="1" t="inlineStr">
+        <is>
+          <t>7.2</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>7.2</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>6.9</t>
+        </is>
+      </c>
+      <c r="F119" s="1" t="inlineStr">
+        <is>
+          <t>7.3</t>
+        </is>
+      </c>
+      <c r="G119" s="1" t="inlineStr">
+        <is>
+          <t>6.5</t>
+        </is>
+      </c>
+      <c r="H119" s="1" t="inlineStr">
+        <is>
+          <t>5.4</t>
+        </is>
+      </c>
+      <c r="I119" s="1" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J119" s="1" t="inlineStr">
+        <is>
+          <t>5.4</t>
+        </is>
+      </c>
+      <c r="K119" s="1" t="inlineStr">
+        <is>
+          <t>DLF</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>Rosealba (LA)</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>6.9</t>
+        </is>
+      </c>
+      <c r="C120" s="1" t="inlineStr">
+        <is>
+          <t>7.1</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>6.7</t>
+        </is>
+      </c>
+      <c r="F120" s="1" t="inlineStr">
+        <is>
+          <t>7.6</t>
+        </is>
+      </c>
+      <c r="G120" s="1" t="inlineStr">
+        <is>
+          <t>7.9</t>
+        </is>
+      </c>
+      <c r="H120" s="1" t="inlineStr">
+        <is>
+          <t>4.0</t>
+        </is>
+      </c>
+      <c r="I120" s="1" t="inlineStr">
+        <is>
+          <t>5.8</t>
+        </is>
+      </c>
+      <c r="J120" s="1" t="inlineStr">
+        <is>
+          <t>5.5</t>
+        </is>
+      </c>
+      <c r="K120" s="1" t="inlineStr">
+        <is>
+          <t>DLF</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>Rava (LA)</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>7.1</t>
+        </is>
+      </c>
+      <c r="C121" s="1" t="inlineStr">
+        <is>
+          <t>6.8</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>6.9</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>7.3</t>
+        </is>
+      </c>
+      <c r="F121" s="1" t="inlineStr">
+        <is>
+          <t>6.5</t>
+        </is>
+      </c>
+      <c r="G121" s="1" t="inlineStr">
+        <is>
+          <t>6.9</t>
+        </is>
+      </c>
+      <c r="H121" s="1" t="inlineStr">
+        <is>
+          <t>7.2</t>
+        </is>
+      </c>
+      <c r="I121" s="1" t="inlineStr">
+        <is>
+          <t>5.4</t>
+        </is>
+      </c>
+      <c r="J121" s="1" t="inlineStr">
+        <is>
+          <t>5.5</t>
+        </is>
+      </c>
+      <c r="K121" s="1" t="inlineStr">
+        <is>
+          <t>DLF</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>Moonwalk (LA)</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>6.8</t>
+        </is>
+      </c>
+      <c r="C122" s="1" t="inlineStr">
+        <is>
+          <t>6.9</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>6.9</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>6.7</t>
+        </is>
+      </c>
+      <c r="F122" s="1" t="inlineStr">
+        <is>
+          <t>6.6</t>
+        </is>
+      </c>
+      <c r="G122" s="1" t="inlineStr">
+        <is>
+          <t>6.7</t>
+        </is>
+      </c>
+      <c r="H122" s="1" t="inlineStr">
+        <is>
+          <t>5.3</t>
+        </is>
+      </c>
+      <c r="I122" s="1" t="inlineStr">
+        <is>
+          <t>5.6</t>
+        </is>
+      </c>
+      <c r="J122" s="1" t="inlineStr">
+        <is>
+          <t>5.1</t>
+        </is>
+      </c>
+      <c r="K122" s="1" t="inlineStr">
+        <is>
+          <t>RAGT</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
           <t>Flicka (LA)</t>
         </is>
       </c>
-      <c r="B117" s="1" t="inlineStr">
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>6.6</t>
+        </is>
+      </c>
+      <c r="C123" s="1" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>6.8</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>6.3</t>
+        </is>
+      </c>
+      <c r="F123" s="1" t="inlineStr">
+        <is>
+          <t>6.9</t>
+        </is>
+      </c>
+      <c r="G123" s="1" t="inlineStr">
+        <is>
+          <t>6.5</t>
+        </is>
+      </c>
+      <c r="H123" s="1" t="inlineStr">
+        <is>
+          <t>6.2</t>
+        </is>
+      </c>
+      <c r="I123" s="1" t="inlineStr">
+        <is>
+          <t>5.7</t>
+        </is>
+      </c>
+      <c r="J123" s="1" t="inlineStr">
+        <is>
+          <t>5.4</t>
+        </is>
+      </c>
+      <c r="K123" s="1" t="inlineStr">
+        <is>
+          <t>SMFR/ICL</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>Marelda (LA)</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>6.3</t>
+        </is>
+      </c>
+      <c r="C124" s="1" t="inlineStr">
+        <is>
+          <t>6.5</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>6.4</t>
+        </is>
+      </c>
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>6.5</t>
+        </is>
+      </c>
+      <c r="F124" s="1" t="inlineStr">
+        <is>
+          <t>7.3</t>
+        </is>
+      </c>
+      <c r="G124" s="1" t="inlineStr">
+        <is>
+          <t>7.4</t>
+        </is>
+      </c>
+      <c r="H124" s="1" t="inlineStr">
+        <is>
+          <t>7.5</t>
+        </is>
+      </c>
+      <c r="I124" s="1" t="inlineStr">
+        <is>
+          <t>5.3</t>
+        </is>
+      </c>
+      <c r="J124" s="1" t="inlineStr">
+        <is>
+          <t>5.5</t>
+        </is>
+      </c>
+      <c r="K124" s="1" t="inlineStr">
+        <is>
+          <t>DLF</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>Vancouver (LA)</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>6.4</t>
+        </is>
+      </c>
+      <c r="C125" s="1" t="inlineStr">
+        <is>
+          <t>6.2</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>6.3</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>6.9</t>
+        </is>
+      </c>
+      <c r="F125" s="1" t="inlineStr">
+        <is>
+          <t>6.6</t>
+        </is>
+      </c>
+      <c r="G125" s="1" t="inlineStr">
         <is>
           <t>6.7</t>
         </is>
       </c>
-      <c r="C117" s="1" t="inlineStr">
+      <c r="H125" s="1" t="inlineStr">
+        <is>
+          <t>6.7</t>
+        </is>
+      </c>
+      <c r="I125" s="1" t="inlineStr">
+        <is>
+          <t>5.9</t>
+        </is>
+      </c>
+      <c r="J125" s="1" t="inlineStr">
+        <is>
+          <t>6.9</t>
+        </is>
+      </c>
+      <c r="K125" s="1" t="inlineStr">
+        <is>
+          <t>DLF/MM</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>Avicci (LA)</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>5.9</t>
+        </is>
+      </c>
+      <c r="C126" s="1" t="inlineStr">
+        <is>
+          <t>6.0</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>6.0</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>6.5</t>
+        </is>
+      </c>
+      <c r="F126" s="1" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="G126" s="1" t="inlineStr">
+        <is>
+          <t>5.7</t>
+        </is>
+      </c>
+      <c r="H126" s="1"/>
+      <c r="I126" s="1" t="inlineStr">
+        <is>
+          <t>6.3</t>
+        </is>
+      </c>
+      <c r="J126" s="1" t="inlineStr">
+        <is>
+          <t>5.7</t>
+        </is>
+      </c>
+      <c r="K126" s="1" t="inlineStr">
+        <is>
+          <t>RAGT</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>Adagio</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>5.8</t>
+        </is>
+      </c>
+      <c r="C127" s="1" t="inlineStr">
+        <is>
+          <t>6.2</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>6.0</t>
+        </is>
+      </c>
+      <c r="E127" s="1" t="inlineStr">
+        <is>
+          <t>5.1</t>
+        </is>
+      </c>
+      <c r="F127" s="1" t="inlineStr">
         <is>
           <t>7.1</t>
         </is>
       </c>
-      <c r="D117" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E117" s="1" t="inlineStr">
+      <c r="G127" s="1" t="inlineStr">
+        <is>
+          <t>6.2</t>
+        </is>
+      </c>
+      <c r="H127" s="1"/>
+      <c r="I127" s="1" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
-      <c r="F117" s="1" t="inlineStr">
-[...26 lines deleted...]
-          <t>ICL</t>
+      <c r="J127" s="1" t="inlineStr">
+        <is>
+          <t>7.5</t>
+        </is>
+      </c>
+      <c r="K127" s="1" t="inlineStr">
+        <is>
+          <t>FF</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>Bongos (LA)</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>5.6</t>
+        </is>
+      </c>
+      <c r="C128" s="1" t="inlineStr">
+        <is>
+          <t>6.0</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>5.8</t>
+        </is>
+      </c>
+      <c r="E128" s="1" t="inlineStr">
+        <is>
+          <t>6.5</t>
+        </is>
+      </c>
+      <c r="F128" s="1" t="inlineStr">
+        <is>
+          <t>6.7</t>
+        </is>
+      </c>
+      <c r="G128" s="1" t="inlineStr">
+        <is>
+          <t>6.5</t>
+        </is>
+      </c>
+      <c r="H128" s="1" t="inlineStr">
+        <is>
+          <t>7.2</t>
+        </is>
+      </c>
+      <c r="I128" s="1" t="inlineStr">
+        <is>
+          <t>5.2</t>
+        </is>
+      </c>
+      <c r="J128" s="1" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="K128" s="1" t="inlineStr">
+        <is>
+          <t>SMFR/ICL</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>