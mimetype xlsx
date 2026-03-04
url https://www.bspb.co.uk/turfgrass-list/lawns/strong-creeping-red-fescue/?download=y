--- v0 (2025-11-03)
+++ v1 (2026-03-04)
@@ -210,93 +210,93 @@
       </c>
       <c r="E2" s="1" t="inlineStr">
         <is>
           <t>4.6</t>
         </is>
       </c>
       <c r="F2" s="1" t="inlineStr">
         <is>
           <t>5.2</t>
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
           <t>6.2</t>
         </is>
       </c>
       <c r="H2" s="1" t="inlineStr">
         <is>
           <t>DLF/JNS</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>Jazzy (LA)</t>
+          <t>Jazzy</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>6.0</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
           <t>5.8</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
           <t>5.9</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
           <t>5.1</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
           <t>5.3</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
           <t>RAGT</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>Rosmerta (LA)</t>
+          <t>Rosmerta</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>6.0</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
           <t>5.8</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
           <t>5.9</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
           <t>5.5</t>
         </is>
       </c>
       <c r="F4" s="1" t="inlineStr">
         <is>
           <t>5.9</t>
@@ -539,51 +539,51 @@
           <t>5.3</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>5.4</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>5.1</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>5.8</t>
         </is>
       </c>
       <c r="G10" s="1" t="inlineStr">
         <is>
           <t>6.0</t>
         </is>
       </c>
       <c r="H10" s="1" t="inlineStr">
         <is>
-          <t>BAR/DLF</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Joshua</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>5.5</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>5.3</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
@@ -630,51 +630,51 @@
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>5.2</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>6.9</t>
         </is>
       </c>
       <c r="G12" s="1" t="inlineStr">
         <is>
           <t>6.2</t>
         </is>
       </c>
       <c r="H12" s="1" t="inlineStr">
         <is>
           <t>DLF/MM</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>Rockefeller (LA)</t>
+          <t>Rockefeller</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>5.1</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>5.3</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>5.2</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>4.8</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>6.4</t>
@@ -714,674 +714,674 @@
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>4.3</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>6.7</t>
         </is>
       </c>
       <c r="G14" s="1" t="inlineStr">
         <is>
           <t>5.8</t>
         </is>
       </c>
       <c r="H14" s="1" t="inlineStr">
         <is>
           <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>Heidrun</t>
+          <t>Barjessica</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>5.2</t>
+          <t>5.1</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>5.1</t>
+          <t>5.0</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>5.1</t>
+          <t>5.0</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
-          <t>5.2</t>
+          <t>5.6</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
-          <t>6.1</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="G15" s="1" t="inlineStr">
         <is>
-          <t>5.8</t>
+          <t>7.3</t>
         </is>
       </c>
       <c r="H15" s="1" t="inlineStr">
         <is>
-          <t>DLF/MM</t>
+          <t>BAR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>Barjessica</t>
+          <t>Polka</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>5.1</t>
+          <t>5.0</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
-          <t>5.6</t>
+          <t>4.9</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
-          <t>5.4</t>
+          <t>6.3</t>
         </is>
       </c>
       <c r="G16" s="1" t="inlineStr">
         <is>
-          <t>7.3</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="H16" s="1" t="inlineStr">
         <is>
           <t>BAR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>Polka</t>
+          <t>Mellori</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
+          <t>4.9</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
           <t>5.0</t>
         </is>
       </c>
-      <c r="D17" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>4.9</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
-          <t>6.3</t>
+          <t>7.3</t>
         </is>
       </c>
       <c r="G17" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
+          <t>6.7</t>
         </is>
       </c>
       <c r="H17" s="1" t="inlineStr">
         <is>
-          <t>BAR</t>
+          <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>Mellori</t>
+          <t>Quintet</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>5.0</t>
+          <t>4.8</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
+          <t>5.1</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
           <t>4.9</t>
         </is>
       </c>
-      <c r="D18" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
-          <t>4.9</t>
+          <t>4.7</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
-          <t>7.3</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="G18" s="1" t="inlineStr">
         <is>
-          <t>6.7</t>
+          <t>5.2</t>
         </is>
       </c>
       <c r="H18" s="1" t="inlineStr">
         <is>
-          <t>DSV</t>
+          <t>RAGT</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>Quintet</t>
+          <t>Magitte</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>4.8</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>5.1</t>
+          <t>5.0</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
           <t>4.9</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
-          <t>4.7</t>
+          <t>4.6</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
-          <t>5.4</t>
+          <t>7.5</t>
         </is>
       </c>
       <c r="G19" s="1" t="inlineStr">
         <is>
-          <t>5.2</t>
+          <t>6.7</t>
         </is>
       </c>
       <c r="H19" s="1" t="inlineStr">
         <is>
-          <t>RAGT</t>
+          <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>Magitte</t>
+          <t>Jasperina</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
+          <t>4.9</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>4.7</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
           <t>4.8</t>
         </is>
       </c>
-      <c r="C20" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
-          <t>4.6</t>
+          <t>4.2</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
-          <t>7.5</t>
+          <t>7.0</t>
         </is>
       </c>
       <c r="G20" s="1" t="inlineStr">
         <is>
-          <t>6.7</t>
+          <t>6.8</t>
         </is>
       </c>
       <c r="H20" s="1" t="inlineStr">
         <is>
           <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>Jasperina</t>
+          <t>Corail</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>4.9</t>
+          <t>4.4</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>4.7</t>
+          <t>4.4</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
+          <t>4.4</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
           <t>4.8</t>
         </is>
       </c>
-      <c r="E21" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>6.0</t>
         </is>
       </c>
       <c r="G21" s="1" t="inlineStr">
         <is>
-          <t>6.8</t>
+          <t>6.0</t>
         </is>
       </c>
       <c r="H21" s="1" t="inlineStr">
         <is>
-          <t>DSV</t>
+          <t>DLF/MM</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>Corail</t>
+          <t>Barustic</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
+          <t>4.3</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
           <t>4.4</t>
         </is>
       </c>
-      <c r="C22" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
-          <t>4.4</t>
+          <t>4.3</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
-          <t>4.8</t>
+          <t>4.0</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
+          <t>5.7</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
           <t>6.0</t>
         </is>
       </c>
-      <c r="G22" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="H22" s="1" t="inlineStr">
         <is>
-          <t>DLF/MM</t>
+          <t>BAR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>Barustic</t>
+          <t>Dipper</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>4.3</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>4.4</t>
+          <t>4.2</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
           <t>4.3</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
-          <t>4.0</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
-          <t>5.7</t>
+          <t>6.7</t>
         </is>
       </c>
       <c r="G23" s="1" t="inlineStr">
         <is>
-          <t>6.0</t>
+          <t>5.6</t>
         </is>
       </c>
       <c r="H23" s="1" t="inlineStr">
         <is>
-          <t>BAR</t>
+          <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>Dipper</t>
+          <t>Maxima 1</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>4.3</t>
+          <t>4.0</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>4.2</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
-          <t>4.3</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>4.7</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
-          <t>6.7</t>
+          <t>6.9</t>
         </is>
       </c>
       <c r="G24" s="1" t="inlineStr">
         <is>
-          <t>5.6</t>
+          <t>5.9</t>
         </is>
       </c>
       <c r="H24" s="1" t="inlineStr">
         <is>
-          <t>DSV</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>Maxima 1</t>
+          <t>Kolossos</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>4.0</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>4.0</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>4.0</t>
         </is>
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
-          <t>4.7</t>
+          <t>2.6</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
-          <t>6.9</t>
+          <t>7.4</t>
         </is>
       </c>
       <c r="G25" s="1" t="inlineStr">
         <is>
-          <t>5.9</t>
+          <t>7.2</t>
         </is>
       </c>
       <c r="H25" s="1" t="inlineStr">
         <is>
           <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>Kolossos</t>
+          <t>Record</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>4.0</t>
+          <t>3.9</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>4.0</t>
+          <t>3.9</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
-          <t>4.0</t>
+          <t>3.9</t>
         </is>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
-          <t>2.6</t>
+          <t>3.7</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
-          <t>7.4</t>
+          <t>8.7</t>
         </is>
       </c>
       <c r="G26" s="1" t="inlineStr">
         <is>
-          <t>7.2</t>
+          <t>7.9</t>
         </is>
       </c>
       <c r="H26" s="1" t="inlineStr">
         <is>
-          <t>DLF</t>
+          <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>Record</t>
+          <t>Relevant</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>3.9</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
           <t>3.9</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
           <t>3.9</t>
         </is>
       </c>
       <c r="E27" s="1" t="inlineStr">
         <is>
-          <t>3.7</t>
+          <t>5.1</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
-          <t>8.7</t>
+          <t>5.6</t>
         </is>
       </c>
       <c r="G27" s="1" t="inlineStr">
         <is>
-          <t>7.9</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="H27" s="1" t="inlineStr">
         <is>
           <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>Relevant</t>
+          <t>Boreal</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
+          <t>3.2</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>3.5</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>3.3</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
           <t>3.9</t>
         </is>
       </c>
-      <c r="C28" s="1" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
-          <t>5.6</t>
+          <t>4.9</t>
         </is>
       </c>
       <c r="G28" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
+          <t>4.9</t>
         </is>
       </c>
       <c r="H28" s="1" t="inlineStr">
         <is>
-          <t>DSV</t>
+          <t>Fa*</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>Boreal</t>
+          <t>Tunia (LA)</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>3.2</t>
+          <t>6.2</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>3.5</t>
+          <t>6.2</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
-          <t>3.3</t>
+          <t>6.2</t>
         </is>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
-          <t>3.9</t>
+          <t>6.9</t>
         </is>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
-          <t>4.9</t>
+          <t>6.2</t>
         </is>
       </c>
       <c r="G29" s="1" t="inlineStr">
         <is>
-          <t>4.9</t>
+          <t>5.6</t>
         </is>
       </c>
       <c r="H29" s="1" t="inlineStr">
         <is>
-          <t>Fa*</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>