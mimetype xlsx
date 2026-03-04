--- v0 (2025-11-03)
+++ v1 (2026-03-04)
@@ -112,51 +112,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:J25"/>
+  <dimension ref="A1:J22"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Cultivar</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Shoot Density</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Fineness of Leaf</t>
         </is>
@@ -334,51 +334,51 @@
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
           <t>6.0</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
           <t>5.8</t>
         </is>
       </c>
       <c r="I4" s="1" t="inlineStr">
         <is>
           <t>5.1</t>
         </is>
       </c>
       <c r="J4" s="1" t="inlineStr">
         <is>
           <t>OAS/TG</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>Joker (LA)</t>
+          <t>Joker</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>7.6</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>7.5</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>6.5</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>7.5</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>7.3</t>
@@ -438,1018 +438,862 @@
       </c>
       <c r="G6" s="1" t="inlineStr">
         <is>
           <t>5.3</t>
         </is>
       </c>
       <c r="H6" s="1" t="inlineStr">
         <is>
           <t>5.9</t>
         </is>
       </c>
       <c r="I6" s="1" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J6" s="1" t="inlineStr">
         <is>
           <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>Sombrero</t>
+          <t>Borsala</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>7.6</t>
+          <t>7.0</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>7.3</t>
+          <t>7.2</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>7.2</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
-          <t>7.5</t>
+          <t>6.9</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
-          <t>7.2</t>
+          <t>7.1</t>
         </is>
       </c>
       <c r="G7" s="1" t="inlineStr">
         <is>
-          <t>5.2</t>
+          <t>6.4</t>
         </is>
       </c>
       <c r="H7" s="1" t="inlineStr">
         <is>
-          <t>5.6</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="I7" s="1" t="inlineStr">
         <is>
-          <t>5.1</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="J7" s="1" t="inlineStr">
         <is>
-          <t>DLF/JNS</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>Borsala</t>
+          <t>Yvette</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>7.2</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
+          <t>7.4</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>6.5</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
           <t>7.2</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>7.1</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>6.8</t>
         </is>
       </c>
       <c r="H8" s="1" t="inlineStr">
         <is>
-          <t>5.3</t>
+          <t>5.8</t>
         </is>
       </c>
       <c r="I8" s="1" t="inlineStr">
         <is>
-          <t>5.4</t>
+          <t>5.6</t>
         </is>
       </c>
       <c r="J8" s="1" t="inlineStr">
         <is>
-          <t>DLF</t>
+          <t>DLF/MM</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>Yvette</t>
+          <t>Xiamara</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
+          <t>7.5</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
           <t>7.2</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>5.9</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>7.3</t>
+        </is>
+      </c>
+      <c r="F9" s="1" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>7.4</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="H9" s="1" t="inlineStr">
         <is>
-          <t>5.8</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="I9" s="1" t="inlineStr">
         <is>
           <t>5.6</t>
         </is>
       </c>
       <c r="J9" s="1" t="inlineStr">
         <is>
           <t>DLF/MM</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>Xiamara</t>
+          <t>Isadora</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>7.5</t>
+          <t>7.6</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>7.2</t>
+          <t>6.8</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>5.9</t>
+          <t>6.2</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
-          <t>7.3</t>
+          <t>7.4</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
-      <c r="G10" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G10" s="1"/>
       <c r="H10" s="1" t="inlineStr">
         <is>
-          <t>5.3</t>
+          <t>5.2</t>
         </is>
       </c>
       <c r="I10" s="1" t="inlineStr">
         <is>
-          <t>5.6</t>
+          <t>5.7</t>
         </is>
       </c>
       <c r="J10" s="1" t="inlineStr">
         <is>
           <t>DLF/MM</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>Isadora</t>
+          <t>Julius</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>7.6</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
+          <t>6.9</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>5.6</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>7.2</t>
+        </is>
+      </c>
+      <c r="F11" s="1" t="inlineStr">
+        <is>
           <t>6.8</t>
         </is>
       </c>
-      <c r="D11" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="G11" s="1"/>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>5.2</t>
+        </is>
+      </c>
       <c r="H11" s="1" t="inlineStr">
         <is>
-          <t>5.2</t>
+          <t>5.7</t>
         </is>
       </c>
       <c r="I11" s="1" t="inlineStr">
         <is>
-          <t>5.7</t>
+          <t>4.7</t>
         </is>
       </c>
       <c r="J11" s="1" t="inlineStr">
         <is>
-          <t>DLF/MM</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>Julius</t>
+          <t>Dakisha</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>7.6</t>
+          <t>7.0</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>6.9</t>
+          <t>6.4</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
+          <t>6.0</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="F12" s="1" t="inlineStr">
+        <is>
+          <t>6.6</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>7.5</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>4.6</t>
+        </is>
+      </c>
+      <c r="I12" s="1" t="inlineStr">
+        <is>
           <t>5.6</t>
         </is>
       </c>
-      <c r="E12" s="1" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="J12" s="1" t="inlineStr">
         <is>
-          <t>DLF</t>
+          <t>DLF/TG</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>Abalina (LA)</t>
+          <t>Miracle</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
+          <t>6.4</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>6.1</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>6.4</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>6.4</t>
+        </is>
+      </c>
+      <c r="F13" s="1" t="inlineStr">
+        <is>
+          <t>6.3</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>7.2</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>5.4</t>
+        </is>
+      </c>
+      <c r="I13" s="1" t="inlineStr">
+        <is>
           <t>7.0</t>
         </is>
       </c>
-      <c r="C13" s="1" t="inlineStr">
-[...33 lines deleted...]
-      </c>
       <c r="J13" s="1" t="inlineStr">
         <is>
-          <t>DLF/MM</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>Dakisha</t>
+          <t>Conni</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>6.3</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>6.0</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>6.0</t>
+          <t>6.2</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>6.6</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>6.3</t>
         </is>
       </c>
       <c r="G14" s="1" t="inlineStr">
         <is>
-          <t>7.5</t>
+          <t>5.9</t>
         </is>
       </c>
       <c r="H14" s="1" t="inlineStr">
         <is>
-          <t>4.6</t>
+          <t>5.9</t>
         </is>
       </c>
       <c r="I14" s="1" t="inlineStr">
         <is>
-          <t>5.6</t>
+          <t>6.1</t>
         </is>
       </c>
       <c r="J14" s="1" t="inlineStr">
         <is>
-          <t>DLF/TG</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>Powerplay (LA)</t>
+          <t>Markus</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>6.2</t>
+          <t>6.7</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>5.9</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>8.1</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
-          <t>5.9</t>
+          <t>6.5</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
-          <t>6.5</t>
+          <t>6.1</t>
         </is>
       </c>
       <c r="G15" s="1" t="inlineStr">
         <is>
-          <t>6.8</t>
+          <t>6.1</t>
         </is>
       </c>
       <c r="H15" s="1" t="inlineStr">
         <is>
-          <t>6.5</t>
+          <t>5.6</t>
         </is>
       </c>
       <c r="I15" s="1" t="inlineStr">
         <is>
-          <t>7.1</t>
+          <t>5.7</t>
         </is>
       </c>
       <c r="J15" s="1" t="inlineStr">
         <is>
           <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>Pasadena</t>
+          <t>Zeptor</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>7.1</t>
+          <t>5.9</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>6.3</t>
+          <t>5.2</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
-          <t>5.6</t>
+          <t>6.2</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
-          <t>6.8</t>
+          <t>5.8</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
-          <t>6.5</t>
-[...2 lines deleted...]
-      <c r="G16" s="1"/>
+          <t>5.7</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>6.1</t>
+        </is>
+      </c>
       <c r="H16" s="1" t="inlineStr">
         <is>
-          <t>6.5</t>
+          <t>5.8</t>
         </is>
       </c>
       <c r="I16" s="1" t="inlineStr">
         <is>
-          <t>6.0</t>
+          <t>6.9</t>
         </is>
       </c>
       <c r="J16" s="1" t="inlineStr">
         <is>
           <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>Miracle</t>
+          <t>Bluenote</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>5.8</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>6.1</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>5.4</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>5.7</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
-          <t>6.3</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="G17" s="1" t="inlineStr">
         <is>
+          <t>5.9</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
           <t>7.2</t>
         </is>
       </c>
-      <c r="H17" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I17" s="1" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="J17" s="1" t="inlineStr">
         <is>
-          <t>DLF</t>
+          <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>Conni</t>
+          <t>Dauntless</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>6.3</t>
+          <t>5.9</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>6.0</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>6.2</t>
+          <t>4.9</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
+          <t>5.7</t>
+        </is>
+      </c>
+      <c r="F18" s="1" t="inlineStr">
+        <is>
+          <t>5.5</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>7.4</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>6.7</t>
+        </is>
+      </c>
+      <c r="I18" s="1" t="inlineStr">
+        <is>
           <t>6.6</t>
         </is>
       </c>
-      <c r="F18" s="1" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="J18" s="1" t="inlineStr">
         <is>
-          <t>DLF</t>
+          <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>Markus</t>
+          <t>Bariris</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>6.7</t>
+          <t>5.6</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>5.9</t>
+          <t>5.6</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>5.5</t>
+        </is>
+      </c>
+      <c r="F19" s="1" t="inlineStr">
+        <is>
+          <t>5.4</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
           <t>5.3</t>
         </is>
       </c>
-      <c r="E19" s="1" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="H19" s="1" t="inlineStr">
         <is>
-          <t>5.6</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="I19" s="1" t="inlineStr">
         <is>
-          <t>5.7</t>
+          <t>5.8</t>
         </is>
       </c>
       <c r="J19" s="1" t="inlineStr">
         <is>
-          <t>DSV</t>
+          <t>BAR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>Zeptor</t>
+          <t>Evora</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
+          <t>4.5</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>4.2</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>4.9</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>4.5</t>
+        </is>
+      </c>
+      <c r="F20" s="1" t="inlineStr">
+        <is>
+          <t>4.5</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>4.5</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
           <t>5.9</t>
         </is>
       </c>
-      <c r="C20" s="1" t="inlineStr">
-[...28 lines deleted...]
-      </c>
       <c r="I20" s="1" t="inlineStr">
         <is>
-          <t>6.9</t>
+          <t>7.1</t>
         </is>
       </c>
       <c r="J20" s="1" t="inlineStr">
         <is>
-          <t>DSV</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>Bluenote</t>
+          <t>Greenpioneer (LA)</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>5.8</t>
+          <t>6.0</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>5.3</t>
+          <t>5.5</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>5.4</t>
+          <t>6.5</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
-          <t>5.7</t>
+          <t>5.9</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
-[...6 lines deleted...]
-      </c>
+          <t>6.0</t>
+        </is>
+      </c>
+      <c r="G21" s="1"/>
       <c r="H21" s="1" t="inlineStr">
         <is>
-          <t>7.2</t>
+          <t>7.8</t>
         </is>
       </c>
       <c r="I21" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>6.8</t>
         </is>
       </c>
       <c r="J21" s="1" t="inlineStr">
         <is>
-          <t>DSV</t>
+          <t>ICL</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>Dauntless</t>
+          <t>Lavinia (LA)</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>5.9</t>
+          <t>5.0</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
+          <t>5.2</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
-          <t>4.9</t>
+          <t>3.6</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
-          <t>5.7</t>
+          <t>4.7</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
-[...6 lines deleted...]
-      </c>
+          <t>4.6</t>
+        </is>
+      </c>
+      <c r="G22" s="1"/>
       <c r="H22" s="1" t="inlineStr">
         <is>
-          <t>6.7</t>
+          <t>6.2</t>
         </is>
       </c>
       <c r="I22" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>6.4</t>
         </is>
       </c>
       <c r="J22" s="1" t="inlineStr">
-        <is>
-[...150 lines deleted...]
-      <c r="J25" s="1" t="inlineStr">
         <is>
           <t>DLF</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">