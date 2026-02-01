--- v0 (2025-10-14)
+++ v1 (2026-02-01)
@@ -112,51 +112,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H37"/>
+  <dimension ref="A1:H36"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Cultivar</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Shoot Density</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Visual Merit</t>
         </is>
@@ -168,51 +168,51 @@
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>Resistance to Red Thread</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Winter Greenness</t>
         </is>
       </c>
       <c r="G1" s="1" t="inlineStr">
         <is>
           <t>Summer Greenness</t>
         </is>
       </c>
       <c r="H1" s="1" t="inlineStr">
         <is>
           <t>UK Agent</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>Nightclub (LA)</t>
+          <t>Nightclub</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
           <t>8.1</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="E2" s="1" t="inlineStr">
         <is>
           <t>7.8</t>
         </is>
       </c>
       <c r="F2" s="1" t="inlineStr">
         <is>
           <t>3.8</t>
@@ -1176,548 +1176,506 @@
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
           <t>6.7</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t>6.5</t>
         </is>
       </c>
       <c r="G25" s="1" t="inlineStr">
         <is>
           <t>8.1</t>
         </is>
       </c>
       <c r="H25" s="1" t="inlineStr">
         <is>
           <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>Highnote</t>
+          <t>Joanna</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>6.8</t>
+          <t>6.6</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
           <t>6.5</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
           <t>6.6</t>
         </is>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
-          <t>5.3</t>
+          <t>5.1</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
-          <t>5.5</t>
+          <t>7.0</t>
         </is>
       </c>
       <c r="G26" s="1" t="inlineStr">
         <is>
-          <t>6.0</t>
+          <t>7.8</t>
         </is>
       </c>
       <c r="H26" s="1" t="inlineStr">
         <is>
-          <t>DLF</t>
+          <t>G</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>Skylar</t>
+          <t>Barchip</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>6.5</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>6.8</t>
+          <t>6.5</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>6.5</t>
         </is>
       </c>
       <c r="E27" s="1" t="inlineStr">
         <is>
-          <t>6.0</t>
+          <t>5.8</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
-          <t>5.7</t>
+          <t>6.7</t>
         </is>
       </c>
       <c r="G27" s="1" t="inlineStr">
         <is>
-          <t>5.8</t>
+          <t>7.4</t>
         </is>
       </c>
       <c r="H27" s="1" t="inlineStr">
         <is>
-          <t>DLF/MM</t>
+          <t>BAR</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>Nikky</t>
+          <t>Mission</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>6.5</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>6.4</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>6.4</t>
         </is>
       </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
-          <t>5.7</t>
+          <t>6.4</t>
         </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
-          <t>5.9</t>
+          <t>7.0</t>
         </is>
       </c>
       <c r="G28" s="1" t="inlineStr">
         <is>
-          <t>6.5</t>
+          <t>7.7</t>
         </is>
       </c>
       <c r="H28" s="1" t="inlineStr">
         <is>
-          <t>DLF/MM</t>
+          <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>Joanna</t>
+          <t>Annalena</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>6.4</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>6.5</t>
+          <t>6.0</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>6.2</t>
         </is>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
-          <t>5.1</t>
+          <t>4.6</t>
         </is>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
+          <t>6.4</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
           <t>7.0</t>
         </is>
       </c>
-      <c r="G29" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="H29" s="1" t="inlineStr">
         <is>
-          <t>G</t>
+          <t>DSV</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>Barchip</t>
+          <t>Capriccio</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>6.5</t>
+          <t>6.2</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>6.5</t>
+          <t>6.0</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
-          <t>6.5</t>
+          <t>6.1</t>
         </is>
       </c>
       <c r="E30" s="1" t="inlineStr">
         <is>
+          <t>6.2</t>
+        </is>
+      </c>
+      <c r="F30" s="1" t="inlineStr">
+        <is>
+          <t>4.9</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
           <t>5.8</t>
         </is>
       </c>
-      <c r="F30" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="H30" s="1" t="inlineStr">
         <is>
-          <t>BAR</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>Mission</t>
+          <t>Trophy</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>6.5</t>
+          <t>5.6</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
           <t>6.4</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>6.0</t>
         </is>
       </c>
       <c r="E31" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>6.6</t>
         </is>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>5.9</t>
         </is>
       </c>
       <c r="G31" s="1" t="inlineStr">
         <is>
-          <t>7.7</t>
+          <t>6.2</t>
         </is>
       </c>
       <c r="H31" s="1" t="inlineStr">
         <is>
-          <t>DSV</t>
+          <t>DLF/MM</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>Annalena</t>
+          <t>Wagner 1</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>6.0</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
+          <t>5.9</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
           <t>6.0</t>
         </is>
       </c>
-      <c r="D32" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
-          <t>4.6</t>
+          <t>5.6</t>
         </is>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>6.9</t>
         </is>
       </c>
       <c r="G32" s="1" t="inlineStr">
         <is>
-          <t>7.0</t>
+          <t>7.4</t>
         </is>
       </c>
       <c r="H32" s="1" t="inlineStr">
         <is>
-          <t>DSV</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>Capriccio</t>
+          <t>Flashdance (LA)</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>6.2</t>
+          <t>7.7</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>6.0</t>
+          <t>7.4</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
-          <t>6.1</t>
+          <t>7.5</t>
         </is>
       </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
-          <t>6.2</t>
+          <t>7.1</t>
         </is>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
-          <t>4.9</t>
+          <t>5.7</t>
         </is>
       </c>
       <c r="G33" s="1" t="inlineStr">
         <is>
-          <t>5.8</t>
+          <t>5.9</t>
         </is>
       </c>
       <c r="H33" s="1" t="inlineStr">
         <is>
-          <t>DLF</t>
+          <t>RAGT</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>Trophy</t>
+          <t>Ashlyn</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>5.6</t>
+          <t>7.2</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>6.4</t>
+          <t>7.6</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
-          <t>6.0</t>
+          <t>7.4</t>
         </is>
       </c>
       <c r="E34" s="1" t="inlineStr">
         <is>
-          <t>6.6</t>
+          <t>7.3</t>
         </is>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
-          <t>5.9</t>
+          <t>4.8</t>
         </is>
       </c>
       <c r="G34" s="1" t="inlineStr">
         <is>
-          <t>6.2</t>
+          <t>5.7</t>
         </is>
       </c>
       <c r="H34" s="1" t="inlineStr">
         <is>
           <t>DLF/MM</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>Wagner 1</t>
+          <t>Charlize (LA)</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>6.0</t>
+          <t>7.1</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>5.9</t>
+          <t>7.5</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
-          <t>6.0</t>
+          <t>7.3</t>
         </is>
       </c>
       <c r="E35" s="1" t="inlineStr">
         <is>
-          <t>5.6</t>
+          <t>6.7</t>
         </is>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
-          <t>6.9</t>
+          <t>4.9</t>
         </is>
       </c>
       <c r="G35" s="1" t="inlineStr">
         <is>
-          <t>7.4</t>
+          <t>5.3</t>
         </is>
       </c>
       <c r="H35" s="1" t="inlineStr">
         <is>
-          <t>DLF</t>
+          <t>DLF/MM</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>Belleaire</t>
+          <t>Kami (LA)</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>5.7</t>
+          <t>6.9</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>6.1</t>
+          <t>7.3</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
-          <t>5.9</t>
+          <t>7.1</t>
         </is>
       </c>
       <c r="E36" s="1" t="inlineStr">
         <is>
-          <t>4.5</t>
+          <t>6.8</t>
         </is>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
-          <t>6.8</t>
+          <t>5.6</t>
         </is>
       </c>
       <c r="G36" s="1" t="inlineStr">
         <is>
-          <t>7.3</t>
+          <t>5.6</t>
         </is>
       </c>
       <c r="H36" s="1" t="inlineStr">
         <is>
-          <t>SUT/TG</t>
-[...41 lines deleted...]
-          <t>DLF/MM</t>
+          <t>DLF</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>