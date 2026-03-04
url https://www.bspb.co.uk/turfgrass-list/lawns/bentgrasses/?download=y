--- v0 (2025-11-03)
+++ v1 (2026-03-04)
@@ -589,105 +589,101 @@
           <t>7.0</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>6.6</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>6.3</t>
         </is>
       </c>
       <c r="G10" s="1" t="inlineStr">
         <is>
           <t>6.9</t>
         </is>
       </c>
       <c r="H10" s="1" t="inlineStr">
         <is>
           <t>6.5</t>
         </is>
       </c>
       <c r="I10" s="1" t="inlineStr">
         <is>
-          <t>OAS/TG</t>
+          <t>TG</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Sefton (BB)</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>6.1</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>6.3</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>6.9</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>6.4</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>5.2</t>
         </is>
       </c>
       <c r="G11" s="1" t="inlineStr">
         <is>
           <t>6.0</t>
         </is>
       </c>
       <c r="H11" s="1" t="inlineStr">
         <is>
           <t>5.3</t>
         </is>
       </c>
-      <c r="I11" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="I11" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>007 DSB (CB)</t>
+          <t>007-DSB (CB)</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>6.2</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>6.3</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>6.3</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>6.3</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>6.6</t>